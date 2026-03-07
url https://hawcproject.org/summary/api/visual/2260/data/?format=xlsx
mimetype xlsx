--- v0 (2025-11-06)
+++ v1 (2026-03-07)
@@ -1018,51 +1018,51 @@
       </c>
       <c r="AA2" t="n">
         <v>0</v>
       </c>
       <c r="AB2" t="inlineStr"/>
       <c r="AC2" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD2" t="inlineStr"/>
       <c r="AE2" t="n">
         <v>1</v>
       </c>
       <c r="AF2" t="n">
         <v>0</v>
       </c>
       <c r="AG2" t="n">
         <v>25</v>
       </c>
       <c r="AH2" t="inlineStr"/>
       <c r="AI2" t="n">
         <v>102</v>
       </c>
       <c r="AJ2" t="n">
-        <v>97.41814519318579</v>
+        <v>97.41814519318578</v>
       </c>
       <c r="AK2" t="n">
         <v>106.5818548068142</v>
       </c>
       <c r="AL2" t="b">
         <v>0</v>
       </c>
       <c r="AM2" t="inlineStr"/>
       <c r="AN2" t="inlineStr"/>
       <c r="AO2" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP2" t="n">
         <v>0</v>
       </c>
       <c r="AQ2" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR2" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
@@ -1286,51 +1286,51 @@
       </c>
       <c r="AA3" t="n">
         <v>0</v>
       </c>
       <c r="AB3" t="inlineStr"/>
       <c r="AC3" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD3" t="inlineStr"/>
       <c r="AE3" t="n">
         <v>2</v>
       </c>
       <c r="AF3" t="n">
         <v>1</v>
       </c>
       <c r="AG3" t="n">
         <v>25</v>
       </c>
       <c r="AH3" t="inlineStr"/>
       <c r="AI3" t="n">
         <v>98.59999999999999</v>
       </c>
       <c r="AJ3" t="n">
-        <v>92.94491794113922</v>
+        <v>92.94491794113921</v>
       </c>
       <c r="AK3" t="n">
         <v>104.2550820588608</v>
       </c>
       <c r="AL3" t="b">
         <v>0</v>
       </c>
       <c r="AM3" t="inlineStr"/>
       <c r="AN3" t="inlineStr"/>
       <c r="AO3" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP3" t="n">
         <v>7</v>
       </c>
       <c r="AQ3" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR3" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
@@ -1822,54 +1822,54 @@
       </c>
       <c r="AA5" t="n">
         <v>0</v>
       </c>
       <c r="AB5" t="inlineStr"/>
       <c r="AC5" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD5" t="inlineStr"/>
       <c r="AE5" t="n">
         <v>4</v>
       </c>
       <c r="AF5" t="n">
         <v>3</v>
       </c>
       <c r="AG5" t="n">
         <v>24</v>
       </c>
       <c r="AH5" t="inlineStr"/>
       <c r="AI5" t="n">
         <v>88</v>
       </c>
       <c r="AJ5" t="n">
-        <v>82.9328444019482</v>
+        <v>82.93284440194819</v>
       </c>
       <c r="AK5" t="n">
-        <v>93.0671555980518</v>
+        <v>93.06715559805181</v>
       </c>
       <c r="AL5" t="b">
         <v>1</v>
       </c>
       <c r="AM5" t="n">
         <v>0.05</v>
       </c>
       <c r="AN5" t="inlineStr"/>
       <c r="AO5" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP5" t="n">
         <v>186</v>
       </c>
       <c r="AQ5" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR5" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -5274,54 +5274,54 @@
       </c>
       <c r="AA18" t="n">
         <v>0</v>
       </c>
       <c r="AB18" t="inlineStr"/>
       <c r="AC18" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD18" t="inlineStr"/>
       <c r="AE18" t="n">
         <v>17</v>
       </c>
       <c r="AF18" t="n">
         <v>0</v>
       </c>
       <c r="AG18" t="n">
         <v>25</v>
       </c>
       <c r="AH18" t="inlineStr"/>
       <c r="AI18" t="n">
         <v>55.8</v>
       </c>
       <c r="AJ18" t="n">
-        <v>50.64025359592995</v>
+        <v>50.64025359592993</v>
       </c>
       <c r="AK18" t="n">
-        <v>60.95974640407005</v>
+        <v>60.95974640407006</v>
       </c>
       <c r="AL18" t="b">
         <v>0</v>
       </c>
       <c r="AM18" t="inlineStr"/>
       <c r="AN18" t="inlineStr"/>
       <c r="AO18" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP18" t="n">
         <v>0</v>
       </c>
       <c r="AQ18" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR18" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS18" t="inlineStr">
@@ -5542,54 +5542,54 @@
       </c>
       <c r="AA19" t="n">
         <v>0</v>
       </c>
       <c r="AB19" t="inlineStr"/>
       <c r="AC19" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD19" t="inlineStr"/>
       <c r="AE19" t="n">
         <v>18</v>
       </c>
       <c r="AF19" t="n">
         <v>1</v>
       </c>
       <c r="AG19" t="n">
         <v>25</v>
       </c>
       <c r="AH19" t="inlineStr"/>
       <c r="AI19" t="n">
         <v>52.9</v>
       </c>
       <c r="AJ19" t="n">
-        <v>46.5431924301857</v>
+        <v>46.54319243018568</v>
       </c>
       <c r="AK19" t="n">
-        <v>59.2568075698143</v>
+        <v>59.25680756981431</v>
       </c>
       <c r="AL19" t="b">
         <v>0</v>
       </c>
       <c r="AM19" t="inlineStr"/>
       <c r="AN19" t="inlineStr"/>
       <c r="AO19" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP19" t="n">
         <v>7</v>
       </c>
       <c r="AQ19" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR19" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS19" t="inlineStr">
@@ -5810,54 +5810,54 @@
       </c>
       <c r="AA20" t="n">
         <v>0</v>
       </c>
       <c r="AB20" t="inlineStr"/>
       <c r="AC20" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD20" t="inlineStr"/>
       <c r="AE20" t="n">
         <v>19</v>
       </c>
       <c r="AF20" t="n">
         <v>2</v>
       </c>
       <c r="AG20" t="n">
         <v>25</v>
       </c>
       <c r="AH20" t="inlineStr"/>
       <c r="AI20" t="n">
         <v>64.8</v>
       </c>
       <c r="AJ20" t="n">
-        <v>57.61763300553449</v>
+        <v>57.61763300553447</v>
       </c>
       <c r="AK20" t="n">
-        <v>71.98236699446551</v>
+        <v>71.98236699446552</v>
       </c>
       <c r="AL20" t="b">
         <v>0</v>
       </c>
       <c r="AM20" t="inlineStr"/>
       <c r="AN20" t="inlineStr"/>
       <c r="AO20" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP20" t="n">
         <v>37</v>
       </c>
       <c r="AQ20" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR20" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS20" t="inlineStr">
@@ -6081,51 +6081,51 @@
       </c>
       <c r="AB21" t="inlineStr"/>
       <c r="AC21" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD21" t="inlineStr"/>
       <c r="AE21" t="n">
         <v>20</v>
       </c>
       <c r="AF21" t="n">
         <v>3</v>
       </c>
       <c r="AG21" t="n">
         <v>24</v>
       </c>
       <c r="AH21" t="inlineStr"/>
       <c r="AI21" t="n">
         <v>119.9</v>
       </c>
       <c r="AJ21" t="n">
         <v>106.1764535886097</v>
       </c>
       <c r="AK21" t="n">
-        <v>133.6235464113903</v>
+        <v>133.6235464113904</v>
       </c>
       <c r="AL21" t="b">
         <v>1</v>
       </c>
       <c r="AM21" t="n">
         <v>0.05</v>
       </c>
       <c r="AN21" t="inlineStr"/>
       <c r="AO21" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP21" t="n">
         <v>186</v>
       </c>
       <c r="AQ21" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR21" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -6890,54 +6890,54 @@
         <v>2</v>
       </c>
       <c r="AB24" t="n">
         <v>0.01</v>
       </c>
       <c r="AC24" t="inlineStr">
         <is>
           <t>significant</t>
         </is>
       </c>
       <c r="AD24" t="inlineStr"/>
       <c r="AE24" t="n">
         <v>23</v>
       </c>
       <c r="AF24" t="n">
         <v>2</v>
       </c>
       <c r="AG24" t="n">
         <v>25</v>
       </c>
       <c r="AH24" t="inlineStr"/>
       <c r="AI24" t="n">
         <v>462</v>
       </c>
       <c r="AJ24" t="n">
-        <v>445.9015912193015</v>
+        <v>445.9015912193014</v>
       </c>
       <c r="AK24" t="n">
-        <v>478.0984087806985</v>
+        <v>478.0984087806986</v>
       </c>
       <c r="AL24" t="b">
         <v>0</v>
       </c>
       <c r="AM24" t="inlineStr"/>
       <c r="AN24" t="inlineStr"/>
       <c r="AO24" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP24" t="n">
         <v>37</v>
       </c>
       <c r="AQ24" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR24" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS24" t="inlineStr">
@@ -7430,54 +7430,54 @@
       </c>
       <c r="AA26" t="n">
         <v>0</v>
       </c>
       <c r="AB26" t="inlineStr"/>
       <c r="AC26" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD26" t="inlineStr"/>
       <c r="AE26" t="n">
         <v>25</v>
       </c>
       <c r="AF26" t="n">
         <v>0</v>
       </c>
       <c r="AG26" t="n">
         <v>25</v>
       </c>
       <c r="AH26" t="inlineStr"/>
       <c r="AI26" t="n">
         <v>0.7</v>
       </c>
       <c r="AJ26" t="n">
-        <v>0.3656484330162606</v>
+        <v>0.36564843301626</v>
       </c>
       <c r="AK26" t="n">
-        <v>1.034351566983739</v>
+        <v>1.03435156698374</v>
       </c>
       <c r="AL26" t="b">
         <v>0</v>
       </c>
       <c r="AM26" t="inlineStr"/>
       <c r="AN26" t="inlineStr"/>
       <c r="AO26" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP26" t="n">
         <v>0</v>
       </c>
       <c r="AQ26" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR26" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS26" t="inlineStr">
@@ -7698,54 +7698,54 @@
       </c>
       <c r="AA27" t="n">
         <v>0</v>
       </c>
       <c r="AB27" t="inlineStr"/>
       <c r="AC27" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD27" t="inlineStr"/>
       <c r="AE27" t="n">
         <v>26</v>
       </c>
       <c r="AF27" t="n">
         <v>1</v>
       </c>
       <c r="AG27" t="n">
         <v>25</v>
       </c>
       <c r="AH27" t="inlineStr"/>
       <c r="AI27" t="n">
         <v>0.72</v>
       </c>
       <c r="AJ27" t="n">
-        <v>0.4640765783581254</v>
+        <v>0.4640765783581249</v>
       </c>
       <c r="AK27" t="n">
-        <v>0.9759234216418745</v>
+        <v>0.9759234216418751</v>
       </c>
       <c r="AL27" t="b">
         <v>0</v>
       </c>
       <c r="AM27" t="inlineStr"/>
       <c r="AN27" t="inlineStr"/>
       <c r="AO27" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP27" t="n">
         <v>7</v>
       </c>
       <c r="AQ27" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR27" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS27" t="inlineStr">
@@ -7966,54 +7966,54 @@
       </c>
       <c r="AA28" t="n">
         <v>0</v>
       </c>
       <c r="AB28" t="inlineStr"/>
       <c r="AC28" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD28" t="inlineStr"/>
       <c r="AE28" t="n">
         <v>27</v>
       </c>
       <c r="AF28" t="n">
         <v>2</v>
       </c>
       <c r="AG28" t="n">
         <v>25</v>
       </c>
       <c r="AH28" t="inlineStr"/>
       <c r="AI28" t="n">
         <v>0.75</v>
       </c>
       <c r="AJ28" t="n">
-        <v>0.555993535206966</v>
+        <v>0.5559935352069657</v>
       </c>
       <c r="AK28" t="n">
-        <v>0.944006464793034</v>
+        <v>0.9440064647930343</v>
       </c>
       <c r="AL28" t="b">
         <v>1</v>
       </c>
       <c r="AM28" t="n">
         <v>0.05</v>
       </c>
       <c r="AN28" t="inlineStr"/>
       <c r="AO28" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP28" t="n">
         <v>37</v>
       </c>
       <c r="AQ28" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR28" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -8236,54 +8236,54 @@
       </c>
       <c r="AA29" t="n">
         <v>0</v>
       </c>
       <c r="AB29" t="inlineStr"/>
       <c r="AC29" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD29" t="inlineStr"/>
       <c r="AE29" t="n">
         <v>28</v>
       </c>
       <c r="AF29" t="n">
         <v>3</v>
       </c>
       <c r="AG29" t="n">
         <v>24</v>
       </c>
       <c r="AH29" t="inlineStr"/>
       <c r="AI29" t="n">
         <v>0.85</v>
       </c>
       <c r="AJ29" t="n">
-        <v>0.6093101090925395</v>
+        <v>0.6093101090925386</v>
       </c>
       <c r="AK29" t="n">
-        <v>1.09068989090746</v>
+        <v>1.090689890907461</v>
       </c>
       <c r="AL29" t="b">
         <v>1</v>
       </c>
       <c r="AM29" t="n">
         <v>0.05</v>
       </c>
       <c r="AN29" t="inlineStr"/>
       <c r="AO29" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP29" t="n">
         <v>186</v>
       </c>
       <c r="AQ29" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR29" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -8510,54 +8510,54 @@
       </c>
       <c r="AA30" t="n">
         <v>0</v>
       </c>
       <c r="AB30" t="inlineStr"/>
       <c r="AC30" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD30" t="inlineStr"/>
       <c r="AE30" t="n">
         <v>29</v>
       </c>
       <c r="AF30" t="n">
         <v>0</v>
       </c>
       <c r="AG30" t="n">
         <v>25</v>
       </c>
       <c r="AH30" t="inlineStr"/>
       <c r="AI30" t="n">
         <v>2.61</v>
       </c>
       <c r="AJ30" t="n">
-        <v>2.461399303562783</v>
+        <v>2.461399303562782</v>
       </c>
       <c r="AK30" t="n">
-        <v>2.758600696437217</v>
+        <v>2.758600696437218</v>
       </c>
       <c r="AL30" t="b">
         <v>0</v>
       </c>
       <c r="AM30" t="inlineStr"/>
       <c r="AN30" t="inlineStr"/>
       <c r="AO30" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP30" t="n">
         <v>0</v>
       </c>
       <c r="AQ30" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR30" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS30" t="inlineStr">
@@ -9328,54 +9328,54 @@
       </c>
       <c r="AA33" t="n">
         <v>0</v>
       </c>
       <c r="AB33" t="inlineStr"/>
       <c r="AC33" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD33" t="inlineStr"/>
       <c r="AE33" t="n">
         <v>32</v>
       </c>
       <c r="AF33" t="n">
         <v>3</v>
       </c>
       <c r="AG33" t="n">
         <v>24</v>
       </c>
       <c r="AH33" t="inlineStr"/>
       <c r="AI33" t="n">
         <v>4.66</v>
       </c>
       <c r="AJ33" t="n">
-        <v>4.482649554068187</v>
+        <v>4.482649554068186</v>
       </c>
       <c r="AK33" t="n">
-        <v>4.837350445931813</v>
+        <v>4.837350445931814</v>
       </c>
       <c r="AL33" t="b">
         <v>1</v>
       </c>
       <c r="AM33" t="n">
         <v>0.05</v>
       </c>
       <c r="AN33" t="inlineStr"/>
       <c r="AO33" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP33" t="n">
         <v>186</v>
       </c>
       <c r="AQ33" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR33" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -9874,54 +9874,54 @@
       </c>
       <c r="AA35" t="n">
         <v>0</v>
       </c>
       <c r="AB35" t="inlineStr"/>
       <c r="AC35" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD35" t="inlineStr"/>
       <c r="AE35" t="n">
         <v>34</v>
       </c>
       <c r="AF35" t="n">
         <v>1</v>
       </c>
       <c r="AG35" t="n">
         <v>25</v>
       </c>
       <c r="AH35" t="inlineStr"/>
       <c r="AI35" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="AJ35" t="n">
-        <v>0.6532626056030212</v>
+        <v>0.6532626056030211</v>
       </c>
       <c r="AK35" t="n">
-        <v>0.7267373943969787</v>
+        <v>0.7267373943969788</v>
       </c>
       <c r="AL35" t="b">
         <v>0</v>
       </c>
       <c r="AM35" t="inlineStr"/>
       <c r="AN35" t="inlineStr"/>
       <c r="AO35" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP35" t="n">
         <v>7</v>
       </c>
       <c r="AQ35" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR35" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS35" t="inlineStr">
@@ -10420,54 +10420,54 @@
       </c>
       <c r="AA37" t="n">
         <v>0</v>
       </c>
       <c r="AB37" t="inlineStr"/>
       <c r="AC37" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD37" t="inlineStr"/>
       <c r="AE37" t="n">
         <v>36</v>
       </c>
       <c r="AF37" t="n">
         <v>3</v>
       </c>
       <c r="AG37" t="n">
         <v>24</v>
       </c>
       <c r="AH37" t="inlineStr"/>
       <c r="AI37" t="n">
         <v>0.85</v>
       </c>
       <c r="AJ37" t="n">
-        <v>0.8056623885170467</v>
+        <v>0.8056623885170465</v>
       </c>
       <c r="AK37" t="n">
-        <v>0.8943376114829532</v>
+        <v>0.8943376114829534</v>
       </c>
       <c r="AL37" t="b">
         <v>1</v>
       </c>
       <c r="AM37" t="n">
         <v>0.05</v>
       </c>
       <c r="AN37" t="inlineStr"/>
       <c r="AO37" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP37" t="n">
         <v>186</v>
       </c>
       <c r="AQ37" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR37" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -10966,54 +10966,54 @@
       </c>
       <c r="AA39" t="n">
         <v>0</v>
       </c>
       <c r="AB39" t="inlineStr"/>
       <c r="AC39" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD39" t="inlineStr"/>
       <c r="AE39" t="n">
         <v>38</v>
       </c>
       <c r="AF39" t="n">
         <v>1</v>
       </c>
       <c r="AG39" t="n">
         <v>10</v>
       </c>
       <c r="AH39" t="inlineStr"/>
       <c r="AI39" t="n">
         <v>2.7</v>
       </c>
       <c r="AJ39" t="n">
-        <v>2.485392928203498</v>
+        <v>2.485392928208801</v>
       </c>
       <c r="AK39" t="n">
-        <v>2.914607071796502</v>
+        <v>2.914607071791199</v>
       </c>
       <c r="AL39" t="b">
         <v>0</v>
       </c>
       <c r="AM39" t="inlineStr"/>
       <c r="AN39" t="inlineStr"/>
       <c r="AO39" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP39" t="n">
         <v>9</v>
       </c>
       <c r="AQ39" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR39" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS39" t="inlineStr">
@@ -11510,54 +11510,54 @@
       </c>
       <c r="AA41" t="n">
         <v>0</v>
       </c>
       <c r="AB41" t="inlineStr"/>
       <c r="AC41" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD41" t="inlineStr"/>
       <c r="AE41" t="n">
         <v>40</v>
       </c>
       <c r="AF41" t="n">
         <v>3</v>
       </c>
       <c r="AG41" t="n">
         <v>10</v>
       </c>
       <c r="AH41" t="inlineStr"/>
       <c r="AI41" t="n">
         <v>3</v>
       </c>
       <c r="AJ41" t="n">
-        <v>2.570785856406996</v>
+        <v>2.570785856417601</v>
       </c>
       <c r="AK41" t="n">
-        <v>3.429214143593004</v>
+        <v>3.429214143582399</v>
       </c>
       <c r="AL41" t="b">
         <v>0</v>
       </c>
       <c r="AM41" t="inlineStr"/>
       <c r="AN41" t="inlineStr"/>
       <c r="AO41" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP41" t="n">
         <v>230</v>
       </c>
       <c r="AQ41" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR41" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS41" t="inlineStr">
@@ -12328,54 +12328,54 @@
       </c>
       <c r="AA44" t="n">
         <v>0</v>
       </c>
       <c r="AB44" t="inlineStr"/>
       <c r="AC44" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD44" t="inlineStr"/>
       <c r="AE44" t="n">
         <v>43</v>
       </c>
       <c r="AF44" t="n">
         <v>1</v>
       </c>
       <c r="AG44" t="n">
         <v>10</v>
       </c>
       <c r="AH44" t="inlineStr"/>
       <c r="AI44" t="n">
         <v>1.6</v>
       </c>
       <c r="AJ44" t="n">
-        <v>1.528464309401166</v>
+        <v>1.528464309402934</v>
       </c>
       <c r="AK44" t="n">
-        <v>1.671535690598834</v>
+        <v>1.671535690597067</v>
       </c>
       <c r="AL44" t="b">
         <v>0</v>
       </c>
       <c r="AM44" t="inlineStr"/>
       <c r="AN44" t="inlineStr"/>
       <c r="AO44" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP44" t="n">
         <v>9</v>
       </c>
       <c r="AQ44" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR44" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS44" t="inlineStr">
@@ -12872,54 +12872,54 @@
       </c>
       <c r="AA46" t="n">
         <v>0</v>
       </c>
       <c r="AB46" t="inlineStr"/>
       <c r="AC46" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD46" t="inlineStr"/>
       <c r="AE46" t="n">
         <v>45</v>
       </c>
       <c r="AF46" t="n">
         <v>3</v>
       </c>
       <c r="AG46" t="n">
         <v>10</v>
       </c>
       <c r="AH46" t="inlineStr"/>
       <c r="AI46" t="n">
         <v>1.9</v>
       </c>
       <c r="AJ46" t="n">
-        <v>1.399250165808162</v>
+        <v>1.399250165820535</v>
       </c>
       <c r="AK46" t="n">
-        <v>2.400749834191838</v>
+        <v>2.400749834179465</v>
       </c>
       <c r="AL46" t="b">
         <v>0</v>
       </c>
       <c r="AM46" t="inlineStr"/>
       <c r="AN46" t="inlineStr"/>
       <c r="AO46" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP46" t="n">
         <v>230</v>
       </c>
       <c r="AQ46" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR46" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS46" t="inlineStr">
@@ -13690,54 +13690,54 @@
       </c>
       <c r="AA49" t="n">
         <v>0</v>
       </c>
       <c r="AB49" t="inlineStr"/>
       <c r="AC49" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD49" t="inlineStr"/>
       <c r="AE49" t="n">
         <v>48</v>
       </c>
       <c r="AF49" t="n">
         <v>1</v>
       </c>
       <c r="AG49" t="n">
         <v>10</v>
       </c>
       <c r="AH49" t="inlineStr"/>
       <c r="AI49" t="n">
         <v>7.1</v>
       </c>
       <c r="AJ49" t="n">
-        <v>6.599250165808161</v>
+        <v>6.599250165820535</v>
       </c>
       <c r="AK49" t="n">
-        <v>7.600749834191838</v>
+        <v>7.600749834179465</v>
       </c>
       <c r="AL49" t="b">
         <v>0</v>
       </c>
       <c r="AM49" t="inlineStr"/>
       <c r="AN49" t="inlineStr"/>
       <c r="AO49" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP49" t="n">
         <v>9</v>
       </c>
       <c r="AQ49" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR49" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS49" t="inlineStr">
@@ -14234,54 +14234,54 @@
       </c>
       <c r="AA51" t="n">
         <v>0</v>
       </c>
       <c r="AB51" t="inlineStr"/>
       <c r="AC51" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD51" t="inlineStr"/>
       <c r="AE51" t="n">
         <v>50</v>
       </c>
       <c r="AF51" t="n">
         <v>3</v>
       </c>
       <c r="AG51" t="n">
         <v>10</v>
       </c>
       <c r="AH51" t="inlineStr"/>
       <c r="AI51" t="n">
         <v>8.5</v>
       </c>
       <c r="AJ51" t="n">
-        <v>8.070785856406996</v>
+        <v>8.070785856417601</v>
       </c>
       <c r="AK51" t="n">
-        <v>8.929214143593004</v>
+        <v>8.929214143582399</v>
       </c>
       <c r="AL51" t="b">
         <v>1</v>
       </c>
       <c r="AM51" t="n">
         <v>0.05</v>
       </c>
       <c r="AN51" t="inlineStr"/>
       <c r="AO51" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP51" t="n">
         <v>230</v>
       </c>
       <c r="AQ51" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR51" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -15054,54 +15054,54 @@
       </c>
       <c r="AA54" t="n">
         <v>0</v>
       </c>
       <c r="AB54" t="inlineStr"/>
       <c r="AC54" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD54" t="inlineStr"/>
       <c r="AE54" t="n">
         <v>53</v>
       </c>
       <c r="AF54" t="n">
         <v>1</v>
       </c>
       <c r="AG54" t="n">
         <v>10</v>
       </c>
       <c r="AH54" t="inlineStr"/>
       <c r="AI54" t="n">
         <v>34.9</v>
       </c>
       <c r="AJ54" t="n">
-        <v>31.25167977945947</v>
+        <v>31.25167977954961</v>
       </c>
       <c r="AK54" t="n">
-        <v>38.54832022054053</v>
+        <v>38.54832022045039</v>
       </c>
       <c r="AL54" t="b">
         <v>0</v>
       </c>
       <c r="AM54" t="inlineStr"/>
       <c r="AN54" t="inlineStr"/>
       <c r="AO54" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP54" t="n">
         <v>9</v>
       </c>
       <c r="AQ54" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR54" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS54" t="inlineStr">
@@ -15600,54 +15600,54 @@
       </c>
       <c r="AA56" t="n">
         <v>0</v>
       </c>
       <c r="AB56" t="inlineStr"/>
       <c r="AC56" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD56" t="inlineStr"/>
       <c r="AE56" t="n">
         <v>55</v>
       </c>
       <c r="AF56" t="n">
         <v>3</v>
       </c>
       <c r="AG56" t="n">
         <v>10</v>
       </c>
       <c r="AH56" t="inlineStr"/>
       <c r="AI56" t="n">
         <v>56.7</v>
       </c>
       <c r="AJ56" t="n">
-        <v>52.4793942546688</v>
+        <v>52.47939425477308</v>
       </c>
       <c r="AK56" t="n">
-        <v>60.92060574533121</v>
+        <v>60.92060574522692</v>
       </c>
       <c r="AL56" t="b">
         <v>1</v>
       </c>
       <c r="AM56" t="n">
         <v>0.05</v>
       </c>
       <c r="AN56" t="inlineStr"/>
       <c r="AO56" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP56" t="n">
         <v>230</v>
       </c>
       <c r="AQ56" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR56" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -16420,54 +16420,54 @@
       </c>
       <c r="AA59" t="n">
         <v>0</v>
       </c>
       <c r="AB59" t="inlineStr"/>
       <c r="AC59" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD59" t="inlineStr"/>
       <c r="AE59" t="n">
         <v>58</v>
       </c>
       <c r="AF59" t="n">
         <v>1</v>
       </c>
       <c r="AG59" t="n">
         <v>10</v>
       </c>
       <c r="AH59" t="inlineStr"/>
       <c r="AI59" t="n">
         <v>9.1</v>
       </c>
       <c r="AJ59" t="n">
-        <v>8.670785856406996</v>
+        <v>8.6707858564176</v>
       </c>
       <c r="AK59" t="n">
-        <v>9.529214143593004</v>
+        <v>9.529214143582399</v>
       </c>
       <c r="AL59" t="b">
         <v>0</v>
       </c>
       <c r="AM59" t="inlineStr"/>
       <c r="AN59" t="inlineStr"/>
       <c r="AO59" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP59" t="n">
         <v>9</v>
       </c>
       <c r="AQ59" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR59" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS59" t="inlineStr">
@@ -16964,54 +16964,54 @@
       </c>
       <c r="AA61" t="n">
         <v>0</v>
       </c>
       <c r="AB61" t="inlineStr"/>
       <c r="AC61" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD61" t="inlineStr"/>
       <c r="AE61" t="n">
         <v>60</v>
       </c>
       <c r="AF61" t="n">
         <v>3</v>
       </c>
       <c r="AG61" t="n">
         <v>10</v>
       </c>
       <c r="AH61" t="inlineStr"/>
       <c r="AI61" t="n">
         <v>10.3</v>
       </c>
       <c r="AJ61" t="n">
-        <v>9.58464309401166</v>
+        <v>9.584643094029335</v>
       </c>
       <c r="AK61" t="n">
-        <v>11.01535690598834</v>
+        <v>11.01535690597067</v>
       </c>
       <c r="AL61" t="b">
         <v>1</v>
       </c>
       <c r="AM61" t="n">
         <v>0.05</v>
       </c>
       <c r="AN61" t="inlineStr"/>
       <c r="AO61" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP61" t="n">
         <v>230</v>
       </c>
       <c r="AQ61" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR61" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -17238,51 +17238,51 @@
       </c>
       <c r="AA62" t="n">
         <v>0</v>
       </c>
       <c r="AB62" t="inlineStr"/>
       <c r="AC62" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD62" t="inlineStr"/>
       <c r="AE62" t="n">
         <v>61</v>
       </c>
       <c r="AF62" t="n">
         <v>4</v>
       </c>
       <c r="AG62" t="n">
         <v>6</v>
       </c>
       <c r="AH62" t="inlineStr"/>
       <c r="AI62" t="n">
         <v>10.9</v>
       </c>
       <c r="AJ62" t="n">
-        <v>6.807201004405662</v>
+        <v>6.807201004405661</v>
       </c>
       <c r="AK62" t="n">
         <v>14.99279899559434</v>
       </c>
       <c r="AL62" t="b">
         <v>1</v>
       </c>
       <c r="AM62" t="n">
         <v>0.05</v>
       </c>
       <c r="AN62" t="inlineStr"/>
       <c r="AO62" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP62" t="n">
         <v>1152</v>
       </c>
       <c r="AQ62" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR62" t="inlineStr">
@@ -17784,54 +17784,54 @@
       </c>
       <c r="AA64" t="n">
         <v>0</v>
       </c>
       <c r="AB64" t="inlineStr"/>
       <c r="AC64" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD64" t="inlineStr"/>
       <c r="AE64" t="n">
         <v>63</v>
       </c>
       <c r="AF64" t="n">
         <v>1</v>
       </c>
       <c r="AG64" t="n">
         <v>10</v>
       </c>
       <c r="AH64" t="inlineStr"/>
       <c r="AI64" t="n">
         <v>3.3</v>
       </c>
       <c r="AJ64" t="n">
-        <v>3.013857237604664</v>
+        <v>3.013857237611734</v>
       </c>
       <c r="AK64" t="n">
-        <v>3.586142762395336</v>
+        <v>3.586142762388266</v>
       </c>
       <c r="AL64" t="b">
         <v>0</v>
       </c>
       <c r="AM64" t="inlineStr"/>
       <c r="AN64" t="inlineStr"/>
       <c r="AO64" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP64" t="n">
         <v>10</v>
       </c>
       <c r="AQ64" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR64" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS64" t="inlineStr">
@@ -18328,54 +18328,54 @@
       </c>
       <c r="AA66" t="n">
         <v>0</v>
       </c>
       <c r="AB66" t="inlineStr"/>
       <c r="AC66" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD66" t="inlineStr"/>
       <c r="AE66" t="n">
         <v>65</v>
       </c>
       <c r="AF66" t="n">
         <v>3</v>
       </c>
       <c r="AG66" t="n">
         <v>10</v>
       </c>
       <c r="AH66" t="inlineStr"/>
       <c r="AI66" t="n">
         <v>3.2</v>
       </c>
       <c r="AJ66" t="n">
-        <v>2.84232154700583</v>
+        <v>2.842321547014668</v>
       </c>
       <c r="AK66" t="n">
-        <v>3.55767845299417</v>
+        <v>3.557678452985332</v>
       </c>
       <c r="AL66" t="b">
         <v>0</v>
       </c>
       <c r="AM66" t="inlineStr"/>
       <c r="AN66" t="inlineStr"/>
       <c r="AO66" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP66" t="n">
         <v>256</v>
       </c>
       <c r="AQ66" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR66" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS66" t="inlineStr">
@@ -19146,54 +19146,54 @@
       </c>
       <c r="AA69" t="n">
         <v>0</v>
       </c>
       <c r="AB69" t="inlineStr"/>
       <c r="AC69" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD69" t="inlineStr"/>
       <c r="AE69" t="n">
         <v>68</v>
       </c>
       <c r="AF69" t="n">
         <v>1</v>
       </c>
       <c r="AG69" t="n">
         <v>10</v>
       </c>
       <c r="AH69" t="inlineStr"/>
       <c r="AI69" t="n">
         <v>2.9</v>
       </c>
       <c r="AJ69" t="n">
-        <v>2.041571712813992</v>
+        <v>2.041571712835202</v>
       </c>
       <c r="AK69" t="n">
-        <v>3.758428287186008</v>
+        <v>3.758428287164798</v>
       </c>
       <c r="AL69" t="b">
         <v>0</v>
       </c>
       <c r="AM69" t="inlineStr"/>
       <c r="AN69" t="inlineStr"/>
       <c r="AO69" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP69" t="n">
         <v>10</v>
       </c>
       <c r="AQ69" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR69" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS69" t="inlineStr">
@@ -19690,54 +19690,54 @@
       </c>
       <c r="AA71" t="n">
         <v>0</v>
       </c>
       <c r="AB71" t="inlineStr"/>
       <c r="AC71" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD71" t="inlineStr"/>
       <c r="AE71" t="n">
         <v>70</v>
       </c>
       <c r="AF71" t="n">
         <v>3</v>
       </c>
       <c r="AG71" t="n">
         <v>10</v>
       </c>
       <c r="AH71" t="inlineStr"/>
       <c r="AI71" t="n">
         <v>2.6</v>
       </c>
       <c r="AJ71" t="n">
-        <v>1.88464309401166</v>
+        <v>1.884643094029335</v>
       </c>
       <c r="AK71" t="n">
-        <v>3.31535690598834</v>
+        <v>3.315356905970665</v>
       </c>
       <c r="AL71" t="b">
         <v>0</v>
       </c>
       <c r="AM71" t="inlineStr"/>
       <c r="AN71" t="inlineStr"/>
       <c r="AO71" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP71" t="n">
         <v>256</v>
       </c>
       <c r="AQ71" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR71" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS71" t="inlineStr">
@@ -20506,54 +20506,54 @@
       </c>
       <c r="AA74" t="n">
         <v>0</v>
       </c>
       <c r="AB74" t="inlineStr"/>
       <c r="AC74" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD74" t="inlineStr"/>
       <c r="AE74" t="n">
         <v>73</v>
       </c>
       <c r="AF74" t="n">
         <v>1</v>
       </c>
       <c r="AG74" t="n">
         <v>10</v>
       </c>
       <c r="AH74" t="inlineStr"/>
       <c r="AI74" t="n">
         <v>7.6</v>
       </c>
       <c r="AJ74" t="n">
-        <v>7.170785856406996</v>
+        <v>7.170785856417601</v>
       </c>
       <c r="AK74" t="n">
-        <v>8.029214143593004</v>
+        <v>8.029214143582399</v>
       </c>
       <c r="AL74" t="b">
         <v>0</v>
       </c>
       <c r="AM74" t="inlineStr"/>
       <c r="AN74" t="inlineStr"/>
       <c r="AO74" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP74" t="n">
         <v>10</v>
       </c>
       <c r="AQ74" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR74" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS74" t="inlineStr">
@@ -21050,54 +21050,54 @@
       </c>
       <c r="AA76" t="n">
         <v>0</v>
       </c>
       <c r="AB76" t="inlineStr"/>
       <c r="AC76" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD76" t="inlineStr"/>
       <c r="AE76" t="n">
         <v>75</v>
       </c>
       <c r="AF76" t="n">
         <v>3</v>
       </c>
       <c r="AG76" t="n">
         <v>10</v>
       </c>
       <c r="AH76" t="inlineStr"/>
       <c r="AI76" t="n">
         <v>8.199999999999999</v>
       </c>
       <c r="AJ76" t="n">
-        <v>7.842321547005829</v>
+        <v>7.842321547014667</v>
       </c>
       <c r="AK76" t="n">
-        <v>8.557678452994169</v>
+        <v>8.557678452985332</v>
       </c>
       <c r="AL76" t="b">
         <v>0</v>
       </c>
       <c r="AM76" t="inlineStr"/>
       <c r="AN76" t="inlineStr"/>
       <c r="AO76" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP76" t="n">
         <v>256</v>
       </c>
       <c r="AQ76" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR76" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS76" t="inlineStr">
@@ -21868,54 +21868,54 @@
       </c>
       <c r="AA79" t="n">
         <v>0</v>
       </c>
       <c r="AB79" t="inlineStr"/>
       <c r="AC79" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD79" t="inlineStr"/>
       <c r="AE79" t="n">
         <v>78</v>
       </c>
       <c r="AF79" t="n">
         <v>1</v>
       </c>
       <c r="AG79" t="n">
         <v>10</v>
       </c>
       <c r="AH79" t="inlineStr"/>
       <c r="AI79" t="n">
         <v>37.3</v>
       </c>
       <c r="AJ79" t="n">
-        <v>34.51010806664547</v>
+        <v>34.5101080667144</v>
       </c>
       <c r="AK79" t="n">
-        <v>40.08989193335452</v>
+        <v>40.08989193328559</v>
       </c>
       <c r="AL79" t="b">
         <v>1</v>
       </c>
       <c r="AM79" t="n">
         <v>0.05</v>
       </c>
       <c r="AN79" t="inlineStr"/>
       <c r="AO79" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP79" t="n">
         <v>10</v>
       </c>
       <c r="AQ79" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR79" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -22416,54 +22416,54 @@
       </c>
       <c r="AA81" t="n">
         <v>0</v>
       </c>
       <c r="AB81" t="inlineStr"/>
       <c r="AC81" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD81" t="inlineStr"/>
       <c r="AE81" t="n">
         <v>80</v>
       </c>
       <c r="AF81" t="n">
         <v>3</v>
       </c>
       <c r="AG81" t="n">
         <v>10</v>
       </c>
       <c r="AH81" t="inlineStr"/>
       <c r="AI81" t="n">
         <v>52.1</v>
       </c>
       <c r="AJ81" t="n">
-        <v>48.88089392305247</v>
+        <v>48.88089392313201</v>
       </c>
       <c r="AK81" t="n">
-        <v>55.31910607694753</v>
+        <v>55.31910607686799</v>
       </c>
       <c r="AL81" t="b">
         <v>1</v>
       </c>
       <c r="AM81" t="n">
         <v>0.05</v>
       </c>
       <c r="AN81" t="inlineStr"/>
       <c r="AO81" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP81" t="n">
         <v>256</v>
       </c>
       <c r="AQ81" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR81" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -34582,54 +34582,54 @@
       </c>
       <c r="AA127" t="n">
         <v>0</v>
       </c>
       <c r="AB127" t="inlineStr"/>
       <c r="AC127" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD127" t="inlineStr"/>
       <c r="AE127" t="n">
         <v>163</v>
       </c>
       <c r="AF127" t="n">
         <v>0</v>
       </c>
       <c r="AG127" t="n">
         <v>5</v>
       </c>
       <c r="AH127" t="inlineStr"/>
       <c r="AI127" t="n">
         <v>3.5</v>
       </c>
       <c r="AJ127" t="n">
-        <v>2.630835201257363</v>
+        <v>2.630835201257365</v>
       </c>
       <c r="AK127" t="n">
-        <v>4.369164798742636</v>
+        <v>4.369164798742634</v>
       </c>
       <c r="AL127" t="b">
         <v>0</v>
       </c>
       <c r="AM127" t="inlineStr"/>
       <c r="AN127" t="inlineStr"/>
       <c r="AO127" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP127" t="n">
         <v>0</v>
       </c>
       <c r="AQ127" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR127" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS127" t="inlineStr">
@@ -35126,54 +35126,54 @@
       </c>
       <c r="AA129" t="n">
         <v>0</v>
       </c>
       <c r="AB129" t="inlineStr"/>
       <c r="AC129" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD129" t="inlineStr"/>
       <c r="AE129" t="n">
         <v>165</v>
       </c>
       <c r="AF129" t="n">
         <v>2</v>
       </c>
       <c r="AG129" t="n">
         <v>5</v>
       </c>
       <c r="AH129" t="inlineStr"/>
       <c r="AI129" t="n">
         <v>3.2</v>
       </c>
       <c r="AJ129" t="n">
-        <v>2.579168000898117</v>
+        <v>2.579168000898118</v>
       </c>
       <c r="AK129" t="n">
-        <v>3.820831999101884</v>
+        <v>3.820831999101882</v>
       </c>
       <c r="AL129" t="b">
         <v>0</v>
       </c>
       <c r="AM129" t="inlineStr"/>
       <c r="AN129" t="inlineStr"/>
       <c r="AO129" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP129" t="n">
         <v>11.5</v>
       </c>
       <c r="AQ129" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR129" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS129" t="inlineStr">
@@ -35670,54 +35670,54 @@
       </c>
       <c r="AA131" t="n">
         <v>0</v>
       </c>
       <c r="AB131" t="inlineStr"/>
       <c r="AC131" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD131" t="inlineStr"/>
       <c r="AE131" t="n">
         <v>167</v>
       </c>
       <c r="AF131" t="n">
         <v>0</v>
       </c>
       <c r="AG131" t="n">
         <v>5</v>
       </c>
       <c r="AH131" t="inlineStr"/>
       <c r="AI131" t="n">
         <v>2.1</v>
       </c>
       <c r="AJ131" t="n">
-        <v>1.35500160107774</v>
+        <v>1.355001601077742</v>
       </c>
       <c r="AK131" t="n">
-        <v>2.84499839892226</v>
+        <v>2.844998398922258</v>
       </c>
       <c r="AL131" t="b">
         <v>0</v>
       </c>
       <c r="AM131" t="inlineStr"/>
       <c r="AN131" t="inlineStr"/>
       <c r="AO131" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP131" t="n">
         <v>0</v>
       </c>
       <c r="AQ131" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR131" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS131" t="inlineStr">
@@ -36214,54 +36214,54 @@
       </c>
       <c r="AA133" t="n">
         <v>0</v>
       </c>
       <c r="AB133" t="inlineStr"/>
       <c r="AC133" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD133" t="inlineStr"/>
       <c r="AE133" t="n">
         <v>169</v>
       </c>
       <c r="AF133" t="n">
         <v>2</v>
       </c>
       <c r="AG133" t="n">
         <v>5</v>
       </c>
       <c r="AH133" t="inlineStr"/>
       <c r="AI133" t="n">
         <v>2</v>
       </c>
       <c r="AJ133" t="n">
-        <v>1.503334400718493</v>
+        <v>1.503334400718494</v>
       </c>
       <c r="AK133" t="n">
-        <v>2.496665599281507</v>
+        <v>2.496665599281505</v>
       </c>
       <c r="AL133" t="b">
         <v>0</v>
       </c>
       <c r="AM133" t="inlineStr"/>
       <c r="AN133" t="inlineStr"/>
       <c r="AO133" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP133" t="n">
         <v>11.5</v>
       </c>
       <c r="AQ133" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR133" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS133" t="inlineStr">
@@ -36489,51 +36489,51 @@
       </c>
       <c r="AB134" t="inlineStr"/>
       <c r="AC134" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD134" t="inlineStr"/>
       <c r="AE134" t="n">
         <v>170</v>
       </c>
       <c r="AF134" t="n">
         <v>3</v>
       </c>
       <c r="AG134" t="n">
         <v>6</v>
       </c>
       <c r="AH134" t="inlineStr"/>
       <c r="AI134" t="n">
         <v>2.1</v>
       </c>
       <c r="AJ134" t="n">
         <v>1.575282180052008</v>
       </c>
       <c r="AK134" t="n">
-        <v>2.624717819947992</v>
+        <v>2.624717819947993</v>
       </c>
       <c r="AL134" t="b">
         <v>0</v>
       </c>
       <c r="AM134" t="inlineStr"/>
       <c r="AN134" t="inlineStr"/>
       <c r="AO134" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP134" t="n">
         <v>116</v>
       </c>
       <c r="AQ134" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR134" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS134" t="inlineStr">
@@ -36758,54 +36758,54 @@
       </c>
       <c r="AA135" t="n">
         <v>0</v>
       </c>
       <c r="AB135" t="inlineStr"/>
       <c r="AC135" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD135" t="inlineStr"/>
       <c r="AE135" t="n">
         <v>171</v>
       </c>
       <c r="AF135" t="n">
         <v>0</v>
       </c>
       <c r="AG135" t="n">
         <v>5</v>
       </c>
       <c r="AH135" t="inlineStr"/>
       <c r="AI135" t="n">
         <v>8.4</v>
       </c>
       <c r="AJ135" t="n">
-        <v>7.28250240161661</v>
+        <v>7.282502401616613</v>
       </c>
       <c r="AK135" t="n">
-        <v>9.51749759838339</v>
+        <v>9.517497598383388</v>
       </c>
       <c r="AL135" t="b">
         <v>0</v>
       </c>
       <c r="AM135" t="inlineStr"/>
       <c r="AN135" t="inlineStr"/>
       <c r="AO135" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP135" t="n">
         <v>0</v>
       </c>
       <c r="AQ135" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR135" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS135" t="inlineStr">
@@ -37030,51 +37030,51 @@
       </c>
       <c r="AA136" t="n">
         <v>0</v>
       </c>
       <c r="AB136" t="inlineStr"/>
       <c r="AC136" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD136" t="inlineStr"/>
       <c r="AE136" t="n">
         <v>172</v>
       </c>
       <c r="AF136" t="n">
         <v>1</v>
       </c>
       <c r="AG136" t="n">
         <v>8</v>
       </c>
       <c r="AH136" t="inlineStr"/>
       <c r="AI136" t="n">
         <v>8.800000000000001</v>
       </c>
       <c r="AJ136" t="n">
-        <v>6.960753972414635</v>
+        <v>6.960753972414636</v>
       </c>
       <c r="AK136" t="n">
         <v>10.63924602758537</v>
       </c>
       <c r="AL136" t="b">
         <v>0</v>
       </c>
       <c r="AM136" t="inlineStr"/>
       <c r="AN136" t="inlineStr"/>
       <c r="AO136" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP136" t="n">
         <v>1.09</v>
       </c>
       <c r="AQ136" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR136" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -37302,54 +37302,54 @@
       </c>
       <c r="AA137" t="n">
         <v>0</v>
       </c>
       <c r="AB137" t="inlineStr"/>
       <c r="AC137" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD137" t="inlineStr"/>
       <c r="AE137" t="n">
         <v>173</v>
       </c>
       <c r="AF137" t="n">
         <v>2</v>
       </c>
       <c r="AG137" t="n">
         <v>5</v>
       </c>
       <c r="AH137" t="inlineStr"/>
       <c r="AI137" t="n">
         <v>8.800000000000001</v>
       </c>
       <c r="AJ137" t="n">
-        <v>6.813337602873974</v>
+        <v>6.813337602873978</v>
       </c>
       <c r="AK137" t="n">
-        <v>10.78666239712603</v>
+        <v>10.78666239712602</v>
       </c>
       <c r="AL137" t="b">
         <v>0</v>
       </c>
       <c r="AM137" t="inlineStr"/>
       <c r="AN137" t="inlineStr"/>
       <c r="AO137" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP137" t="n">
         <v>11.5</v>
       </c>
       <c r="AQ137" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR137" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS137" t="inlineStr">
@@ -37848,54 +37848,54 @@
       </c>
       <c r="AA139" t="n">
         <v>0</v>
       </c>
       <c r="AB139" t="inlineStr"/>
       <c r="AC139" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD139" t="inlineStr"/>
       <c r="AE139" t="n">
         <v>175</v>
       </c>
       <c r="AF139" t="n">
         <v>0</v>
       </c>
       <c r="AG139" t="n">
         <v>5</v>
       </c>
       <c r="AH139" t="inlineStr"/>
       <c r="AI139" t="n">
         <v>37.1</v>
       </c>
       <c r="AJ139" t="n">
-        <v>32.25751040700531</v>
+        <v>32.25751040700532</v>
       </c>
       <c r="AK139" t="n">
-        <v>41.94248959299469</v>
+        <v>41.94248959299468</v>
       </c>
       <c r="AL139" t="b">
         <v>0</v>
       </c>
       <c r="AM139" t="inlineStr"/>
       <c r="AN139" t="inlineStr"/>
       <c r="AO139" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP139" t="n">
         <v>0</v>
       </c>
       <c r="AQ139" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR139" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS139" t="inlineStr">
@@ -38392,54 +38392,54 @@
       </c>
       <c r="AA141" t="n">
         <v>0</v>
       </c>
       <c r="AB141" t="inlineStr"/>
       <c r="AC141" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD141" t="inlineStr"/>
       <c r="AE141" t="n">
         <v>177</v>
       </c>
       <c r="AF141" t="n">
         <v>2</v>
       </c>
       <c r="AG141" t="n">
         <v>5</v>
       </c>
       <c r="AH141" t="inlineStr"/>
       <c r="AI141" t="n">
         <v>37</v>
       </c>
       <c r="AJ141" t="n">
-        <v>27.19085441419024</v>
+        <v>27.19085441419026</v>
       </c>
       <c r="AK141" t="n">
-        <v>46.80914558580976</v>
+        <v>46.80914558580974</v>
       </c>
       <c r="AL141" t="b">
         <v>0</v>
       </c>
       <c r="AM141" t="inlineStr"/>
       <c r="AN141" t="inlineStr"/>
       <c r="AO141" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP141" t="n">
         <v>11.5</v>
       </c>
       <c r="AQ141" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR141" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS141" t="inlineStr">
@@ -38938,54 +38938,54 @@
       </c>
       <c r="AA143" t="n">
         <v>0</v>
       </c>
       <c r="AB143" t="inlineStr"/>
       <c r="AC143" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD143" t="inlineStr"/>
       <c r="AE143" t="n">
         <v>179</v>
       </c>
       <c r="AF143" t="n">
         <v>0</v>
       </c>
       <c r="AG143" t="n">
         <v>5</v>
       </c>
       <c r="AH143" t="inlineStr"/>
       <c r="AI143" t="n">
         <v>7.3</v>
       </c>
       <c r="AJ143" t="n">
-        <v>5.81000320215548</v>
+        <v>5.810003202155483</v>
       </c>
       <c r="AK143" t="n">
-        <v>8.78999679784452</v>
+        <v>8.789996797844516</v>
       </c>
       <c r="AL143" t="b">
         <v>0</v>
       </c>
       <c r="AM143" t="inlineStr"/>
       <c r="AN143" t="inlineStr"/>
       <c r="AO143" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP143" t="n">
         <v>0</v>
       </c>
       <c r="AQ143" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR143" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS143" t="inlineStr">
@@ -39482,51 +39482,51 @@
       </c>
       <c r="AA145" t="n">
         <v>0</v>
       </c>
       <c r="AB145" t="inlineStr"/>
       <c r="AC145" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD145" t="inlineStr"/>
       <c r="AE145" t="n">
         <v>181</v>
       </c>
       <c r="AF145" t="n">
         <v>2</v>
       </c>
       <c r="AG145" t="n">
         <v>5</v>
       </c>
       <c r="AH145" t="inlineStr"/>
       <c r="AI145" t="n">
         <v>8.199999999999999</v>
       </c>
       <c r="AJ145" t="n">
-        <v>5.716672003592466</v>
+        <v>5.716672003592471</v>
       </c>
       <c r="AK145" t="n">
         <v>10.68332799640753</v>
       </c>
       <c r="AL145" t="b">
         <v>0</v>
       </c>
       <c r="AM145" t="inlineStr"/>
       <c r="AN145" t="inlineStr"/>
       <c r="AO145" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP145" t="n">
         <v>11.5</v>
       </c>
       <c r="AQ145" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR145" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -39754,51 +39754,51 @@
       </c>
       <c r="AA146" t="n">
         <v>0</v>
       </c>
       <c r="AB146" t="inlineStr"/>
       <c r="AC146" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD146" t="inlineStr"/>
       <c r="AE146" t="n">
         <v>182</v>
       </c>
       <c r="AF146" t="n">
         <v>3</v>
       </c>
       <c r="AG146" t="n">
         <v>6</v>
       </c>
       <c r="AH146" t="inlineStr"/>
       <c r="AI146" t="n">
         <v>7.8</v>
       </c>
       <c r="AJ146" t="n">
-        <v>6.645620796114417</v>
+        <v>6.645620796114416</v>
       </c>
       <c r="AK146" t="n">
         <v>8.954379203885583</v>
       </c>
       <c r="AL146" t="b">
         <v>0</v>
       </c>
       <c r="AM146" t="inlineStr"/>
       <c r="AN146" t="inlineStr"/>
       <c r="AO146" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP146" t="n">
         <v>116</v>
       </c>
       <c r="AQ146" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR146" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -40026,54 +40026,54 @@
       </c>
       <c r="AA147" t="n">
         <v>0</v>
       </c>
       <c r="AB147" t="inlineStr"/>
       <c r="AC147" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD147" t="inlineStr"/>
       <c r="AE147" t="n">
         <v>183</v>
       </c>
       <c r="AF147" t="n">
         <v>0</v>
       </c>
       <c r="AG147" t="n">
         <v>15</v>
       </c>
       <c r="AH147" t="inlineStr"/>
       <c r="AI147" t="n">
         <v>4</v>
       </c>
       <c r="AJ147" t="n">
-        <v>3.833865537530607</v>
+        <v>3.833865537530539</v>
       </c>
       <c r="AK147" t="n">
-        <v>4.166134462469392</v>
+        <v>4.166134462469461</v>
       </c>
       <c r="AL147" t="b">
         <v>0</v>
       </c>
       <c r="AM147" t="inlineStr"/>
       <c r="AN147" t="inlineStr"/>
       <c r="AO147" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP147" t="n">
         <v>0</v>
       </c>
       <c r="AQ147" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR147" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS147" t="inlineStr">
@@ -40298,54 +40298,54 @@
       </c>
       <c r="AA148" t="n">
         <v>0</v>
       </c>
       <c r="AB148" t="inlineStr"/>
       <c r="AC148" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD148" t="inlineStr"/>
       <c r="AE148" t="n">
         <v>184</v>
       </c>
       <c r="AF148" t="n">
         <v>1</v>
       </c>
       <c r="AG148" t="n">
         <v>5</v>
       </c>
       <c r="AH148" t="inlineStr"/>
       <c r="AI148" t="n">
         <v>3.6</v>
       </c>
       <c r="AJ148" t="n">
-        <v>3.103334400718493</v>
+        <v>3.103334400718494</v>
       </c>
       <c r="AK148" t="n">
-        <v>4.096665599281507</v>
+        <v>4.096665599281506</v>
       </c>
       <c r="AL148" t="b">
         <v>0</v>
       </c>
       <c r="AM148" t="inlineStr"/>
       <c r="AN148" t="inlineStr"/>
       <c r="AO148" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP148" t="n">
         <v>1.17</v>
       </c>
       <c r="AQ148" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR148" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS148" t="inlineStr">
@@ -40570,54 +40570,54 @@
       </c>
       <c r="AA149" t="n">
         <v>0</v>
       </c>
       <c r="AB149" t="inlineStr"/>
       <c r="AC149" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD149" t="inlineStr"/>
       <c r="AE149" t="n">
         <v>185</v>
       </c>
       <c r="AF149" t="n">
         <v>2</v>
       </c>
       <c r="AG149" t="n">
         <v>11</v>
       </c>
       <c r="AH149" t="inlineStr"/>
       <c r="AI149" t="n">
         <v>4.3</v>
       </c>
       <c r="AJ149" t="n">
-        <v>3.561009944721906</v>
+        <v>3.56100994471483</v>
       </c>
       <c r="AK149" t="n">
-        <v>5.038990055278093</v>
+        <v>5.038990055285169</v>
       </c>
       <c r="AL149" t="b">
         <v>0</v>
       </c>
       <c r="AM149" t="inlineStr"/>
       <c r="AN149" t="inlineStr"/>
       <c r="AO149" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP149" t="n">
         <v>12.2</v>
       </c>
       <c r="AQ149" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR149" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS149" t="inlineStr">
@@ -41114,54 +41114,54 @@
       </c>
       <c r="AA151" t="n">
         <v>0</v>
       </c>
       <c r="AB151" t="inlineStr"/>
       <c r="AC151" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD151" t="inlineStr"/>
       <c r="AE151" t="n">
         <v>187</v>
       </c>
       <c r="AF151" t="n">
         <v>0</v>
       </c>
       <c r="AG151" t="n">
         <v>15</v>
       </c>
       <c r="AH151" t="inlineStr"/>
       <c r="AI151" t="n">
         <v>3.6</v>
       </c>
       <c r="AJ151" t="n">
-        <v>3.156974766748287</v>
+        <v>3.156974766748106</v>
       </c>
       <c r="AK151" t="n">
-        <v>4.043025233251713</v>
+        <v>4.043025233251894</v>
       </c>
       <c r="AL151" t="b">
         <v>0</v>
       </c>
       <c r="AM151" t="inlineStr"/>
       <c r="AN151" t="inlineStr"/>
       <c r="AO151" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP151" t="n">
         <v>0</v>
       </c>
       <c r="AQ151" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR151" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS151" t="inlineStr">
@@ -41386,54 +41386,54 @@
       </c>
       <c r="AA152" t="n">
         <v>0</v>
       </c>
       <c r="AB152" t="inlineStr"/>
       <c r="AC152" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD152" t="inlineStr"/>
       <c r="AE152" t="n">
         <v>188</v>
       </c>
       <c r="AF152" t="n">
         <v>1</v>
       </c>
       <c r="AG152" t="n">
         <v>5</v>
       </c>
       <c r="AH152" t="inlineStr"/>
       <c r="AI152" t="n">
         <v>2.8</v>
       </c>
       <c r="AJ152" t="n">
-        <v>1.930835201257363</v>
+        <v>1.930835201257365</v>
       </c>
       <c r="AK152" t="n">
-        <v>3.669164798742636</v>
+        <v>3.669164798742635</v>
       </c>
       <c r="AL152" t="b">
         <v>0</v>
       </c>
       <c r="AM152" t="inlineStr"/>
       <c r="AN152" t="inlineStr"/>
       <c r="AO152" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP152" t="n">
         <v>1.17</v>
       </c>
       <c r="AQ152" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR152" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS152" t="inlineStr">
@@ -41658,54 +41658,54 @@
       </c>
       <c r="AA153" t="n">
         <v>0</v>
       </c>
       <c r="AB153" t="inlineStr"/>
       <c r="AC153" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD153" t="inlineStr"/>
       <c r="AE153" t="n">
         <v>189</v>
       </c>
       <c r="AF153" t="n">
         <v>2</v>
       </c>
       <c r="AG153" t="n">
         <v>11</v>
       </c>
       <c r="AH153" t="inlineStr"/>
       <c r="AI153" t="n">
         <v>3.2</v>
       </c>
       <c r="AJ153" t="n">
-        <v>2.595371772954287</v>
+        <v>2.595371772948498</v>
       </c>
       <c r="AK153" t="n">
-        <v>3.804628227045713</v>
+        <v>3.804628227051503</v>
       </c>
       <c r="AL153" t="b">
         <v>0</v>
       </c>
       <c r="AM153" t="inlineStr"/>
       <c r="AN153" t="inlineStr"/>
       <c r="AO153" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP153" t="n">
         <v>12.2</v>
       </c>
       <c r="AQ153" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR153" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS153" t="inlineStr">
@@ -42204,54 +42204,54 @@
       </c>
       <c r="AA155" t="n">
         <v>0</v>
       </c>
       <c r="AB155" t="inlineStr"/>
       <c r="AC155" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD155" t="inlineStr"/>
       <c r="AE155" t="n">
         <v>191</v>
       </c>
       <c r="AF155" t="n">
         <v>0</v>
       </c>
       <c r="AG155" t="n">
         <v>15</v>
       </c>
       <c r="AH155" t="inlineStr"/>
       <c r="AI155" t="n">
         <v>10.9</v>
       </c>
       <c r="AJ155" t="n">
-        <v>10.1247058418095</v>
+        <v>10.12470584180918</v>
       </c>
       <c r="AK155" t="n">
-        <v>11.6752941581905</v>
+        <v>11.67529415819082</v>
       </c>
       <c r="AL155" t="b">
         <v>0</v>
       </c>
       <c r="AM155" t="inlineStr"/>
       <c r="AN155" t="inlineStr"/>
       <c r="AO155" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP155" t="n">
         <v>0</v>
       </c>
       <c r="AQ155" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR155" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS155" t="inlineStr">
@@ -42476,51 +42476,51 @@
       </c>
       <c r="AA156" t="n">
         <v>0</v>
       </c>
       <c r="AB156" t="inlineStr"/>
       <c r="AC156" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD156" t="inlineStr"/>
       <c r="AE156" t="n">
         <v>192</v>
       </c>
       <c r="AF156" t="n">
         <v>1</v>
       </c>
       <c r="AG156" t="n">
         <v>5</v>
       </c>
       <c r="AH156" t="inlineStr"/>
       <c r="AI156" t="n">
         <v>9.5</v>
       </c>
       <c r="AJ156" t="n">
-        <v>7.761670402514727</v>
+        <v>7.761670402514731</v>
       </c>
       <c r="AK156" t="n">
         <v>11.23832959748527</v>
       </c>
       <c r="AL156" t="b">
         <v>0</v>
       </c>
       <c r="AM156" t="inlineStr"/>
       <c r="AN156" t="inlineStr"/>
       <c r="AO156" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP156" t="n">
         <v>1.17</v>
       </c>
       <c r="AQ156" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR156" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -42748,54 +42748,54 @@
       </c>
       <c r="AA157" t="n">
         <v>0</v>
       </c>
       <c r="AB157" t="inlineStr"/>
       <c r="AC157" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD157" t="inlineStr"/>
       <c r="AE157" t="n">
         <v>193</v>
       </c>
       <c r="AF157" t="n">
         <v>2</v>
       </c>
       <c r="AG157" t="n">
         <v>11</v>
       </c>
       <c r="AH157" t="inlineStr"/>
       <c r="AI157" t="n">
         <v>10.2</v>
       </c>
       <c r="AJ157" t="n">
-        <v>9.326648116489524</v>
+        <v>9.326648116481163</v>
       </c>
       <c r="AK157" t="n">
-        <v>11.07335188351047</v>
+        <v>11.07335188351884</v>
       </c>
       <c r="AL157" t="b">
         <v>0</v>
       </c>
       <c r="AM157" t="inlineStr"/>
       <c r="AN157" t="inlineStr"/>
       <c r="AO157" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP157" t="n">
         <v>12.2</v>
       </c>
       <c r="AQ157" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR157" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS157" t="inlineStr">
@@ -43292,54 +43292,54 @@
       </c>
       <c r="AA159" t="n">
         <v>0</v>
       </c>
       <c r="AB159" t="inlineStr"/>
       <c r="AC159" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD159" t="inlineStr"/>
       <c r="AE159" t="n">
         <v>195</v>
       </c>
       <c r="AF159" t="n">
         <v>0</v>
       </c>
       <c r="AG159" t="n">
         <v>15</v>
       </c>
       <c r="AH159" t="inlineStr"/>
       <c r="AI159" t="n">
         <v>42.7</v>
       </c>
       <c r="AJ159" t="n">
-        <v>39.98647044633326</v>
+        <v>39.98647044633215</v>
       </c>
       <c r="AK159" t="n">
-        <v>45.41352955366675</v>
+        <v>45.41352955366786</v>
       </c>
       <c r="AL159" t="b">
         <v>0</v>
       </c>
       <c r="AM159" t="inlineStr"/>
       <c r="AN159" t="inlineStr"/>
       <c r="AO159" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP159" t="n">
         <v>0</v>
       </c>
       <c r="AQ159" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR159" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS159" t="inlineStr">
@@ -43564,51 +43564,51 @@
       </c>
       <c r="AA160" t="n">
         <v>0</v>
       </c>
       <c r="AB160" t="inlineStr"/>
       <c r="AC160" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD160" t="inlineStr"/>
       <c r="AE160" t="n">
         <v>196</v>
       </c>
       <c r="AF160" t="n">
         <v>1</v>
       </c>
       <c r="AG160" t="n">
         <v>5</v>
       </c>
       <c r="AH160" t="inlineStr"/>
       <c r="AI160" t="n">
         <v>39.8</v>
       </c>
       <c r="AJ160" t="n">
-        <v>35.57834240610719</v>
+        <v>35.5783424061072</v>
       </c>
       <c r="AK160" t="n">
         <v>44.0216575938928</v>
       </c>
       <c r="AL160" t="b">
         <v>0</v>
       </c>
       <c r="AM160" t="inlineStr"/>
       <c r="AN160" t="inlineStr"/>
       <c r="AO160" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP160" t="n">
         <v>1.17</v>
       </c>
       <c r="AQ160" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR160" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -43836,54 +43836,54 @@
       </c>
       <c r="AA161" t="n">
         <v>0</v>
       </c>
       <c r="AB161" t="inlineStr"/>
       <c r="AC161" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD161" t="inlineStr"/>
       <c r="AE161" t="n">
         <v>197</v>
       </c>
       <c r="AF161" t="n">
         <v>2</v>
       </c>
       <c r="AG161" t="n">
         <v>11</v>
       </c>
       <c r="AH161" t="inlineStr"/>
       <c r="AI161" t="n">
         <v>43.4</v>
       </c>
       <c r="AJ161" t="n">
-        <v>38.96605966833144</v>
+        <v>38.96605966828898</v>
       </c>
       <c r="AK161" t="n">
-        <v>47.83394033166856</v>
+        <v>47.83394033171102</v>
       </c>
       <c r="AL161" t="b">
         <v>0</v>
       </c>
       <c r="AM161" t="inlineStr"/>
       <c r="AN161" t="inlineStr"/>
       <c r="AO161" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP161" t="n">
         <v>12.2</v>
       </c>
       <c r="AQ161" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR161" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS161" t="inlineStr">