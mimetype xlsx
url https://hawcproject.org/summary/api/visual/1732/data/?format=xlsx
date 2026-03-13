--- v0 (2025-12-14)
+++ v1 (2026-03-13)
@@ -1105,54 +1105,54 @@
         </is>
       </c>
       <c r="AW2" t="n">
         <v>0</v>
       </c>
       <c r="AX2" t="inlineStr">
         <is>
           <t>controls (blood donors and office workers)</t>
         </is>
       </c>
       <c r="AY2" t="inlineStr"/>
       <c r="AZ2" t="inlineStr"/>
       <c r="BA2" t="n">
         <v>6221</v>
       </c>
       <c r="BB2" t="n">
         <v>19</v>
       </c>
       <c r="BC2" t="n">
         <v>6.84</v>
       </c>
       <c r="BD2" t="n">
         <v>3.16</v>
       </c>
       <c r="BE2" t="n">
-        <v>5.316928753533172</v>
+        <v>5.316928753533115</v>
       </c>
       <c r="BF2" t="n">
-        <v>8.363071246466827</v>
+        <v>8.363071246466884</v>
       </c>
       <c r="BG2" t="inlineStr"/>
       <c r="BH2" t="inlineStr"/>
       <c r="BI2" t="inlineStr"/>
       <c r="BJ2" t="inlineStr"/>
       <c r="BK2" t="inlineStr"/>
       <c r="BL2" t="b">
         <v>0</v>
       </c>
       <c r="BM2" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN2" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO2" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP2" t="inlineStr">
@@ -1366,54 +1366,54 @@
         </is>
       </c>
       <c r="AW3" t="n">
         <v>1</v>
       </c>
       <c r="AX3" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY3" t="inlineStr"/>
       <c r="AZ3" t="inlineStr"/>
       <c r="BA3" t="n">
         <v>6222</v>
       </c>
       <c r="BB3" t="n">
         <v>19</v>
       </c>
       <c r="BC3" t="n">
         <v>19.89</v>
       </c>
       <c r="BD3" t="n">
         <v>4.84</v>
       </c>
       <c r="BE3" t="n">
-        <v>17.55719467313309</v>
+        <v>17.557194673133</v>
       </c>
       <c r="BF3" t="n">
-        <v>22.22280532686692</v>
+        <v>22.222805326867</v>
       </c>
       <c r="BG3" t="inlineStr"/>
       <c r="BH3" t="inlineStr"/>
       <c r="BI3" t="inlineStr"/>
       <c r="BJ3" t="inlineStr"/>
       <c r="BK3" t="n">
         <v>0.001</v>
       </c>
       <c r="BL3" t="b">
         <v>0</v>
       </c>
       <c r="BM3" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN3" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO3" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -1629,54 +1629,54 @@
         </is>
       </c>
       <c r="AW4" t="n">
         <v>2</v>
       </c>
       <c r="AX4" t="inlineStr">
         <is>
           <t>controls (smokers)</t>
         </is>
       </c>
       <c r="AY4" t="inlineStr"/>
       <c r="AZ4" t="inlineStr"/>
       <c r="BA4" t="n">
         <v>6223</v>
       </c>
       <c r="BB4" t="n">
         <v>12</v>
       </c>
       <c r="BC4" t="n">
         <v>6.91</v>
       </c>
       <c r="BD4" t="n">
         <v>3.47</v>
       </c>
       <c r="BE4" t="n">
-        <v>4.705267184971385</v>
+        <v>4.705267184962681</v>
       </c>
       <c r="BF4" t="n">
-        <v>9.114732815028615</v>
+        <v>9.114732815037319</v>
       </c>
       <c r="BG4" t="inlineStr"/>
       <c r="BH4" t="inlineStr"/>
       <c r="BI4" t="inlineStr"/>
       <c r="BJ4" t="inlineStr"/>
       <c r="BK4" t="inlineStr"/>
       <c r="BL4" t="b">
         <v>0</v>
       </c>
       <c r="BM4" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN4" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO4" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP4" t="inlineStr">
@@ -1890,54 +1890,54 @@
         </is>
       </c>
       <c r="AW5" t="n">
         <v>3</v>
       </c>
       <c r="AX5" t="inlineStr">
         <is>
           <t>nurses handling antineoplastic drugs (smokers)</t>
         </is>
       </c>
       <c r="AY5" t="inlineStr"/>
       <c r="AZ5" t="inlineStr"/>
       <c r="BA5" t="n">
         <v>6224</v>
       </c>
       <c r="BB5" t="n">
         <v>12</v>
       </c>
       <c r="BC5" t="n">
         <v>19.25</v>
       </c>
       <c r="BD5" t="n">
         <v>4.93</v>
       </c>
       <c r="BE5" t="n">
-        <v>16.11762744147232</v>
+        <v>16.11762744145994</v>
       </c>
       <c r="BF5" t="n">
-        <v>22.38237255852768</v>
+        <v>22.38237255854006</v>
       </c>
       <c r="BG5" t="inlineStr"/>
       <c r="BH5" t="inlineStr"/>
       <c r="BI5" t="inlineStr"/>
       <c r="BJ5" t="inlineStr"/>
       <c r="BK5" t="n">
         <v>0.001</v>
       </c>
       <c r="BL5" t="b">
         <v>0</v>
       </c>
       <c r="BM5" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN5" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO5" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -2153,54 +2153,54 @@
         </is>
       </c>
       <c r="AW6" t="n">
         <v>4</v>
       </c>
       <c r="AX6" t="inlineStr">
         <is>
           <t>control (nonsmokers)</t>
         </is>
       </c>
       <c r="AY6" t="inlineStr"/>
       <c r="AZ6" t="inlineStr"/>
       <c r="BA6" t="n">
         <v>6225</v>
       </c>
       <c r="BB6" t="n">
         <v>7</v>
       </c>
       <c r="BC6" t="n">
         <v>6.71</v>
       </c>
       <c r="BD6" t="n">
         <v>2.81</v>
       </c>
       <c r="BE6" t="n">
-        <v>4.111183447226304</v>
+        <v>4.111183447226296</v>
       </c>
       <c r="BF6" t="n">
-        <v>9.308816552773695</v>
+        <v>9.308816552773704</v>
       </c>
       <c r="BG6" t="inlineStr"/>
       <c r="BH6" t="inlineStr"/>
       <c r="BI6" t="inlineStr"/>
       <c r="BJ6" t="inlineStr"/>
       <c r="BK6" t="inlineStr"/>
       <c r="BL6" t="b">
         <v>0</v>
       </c>
       <c r="BM6" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN6" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO6" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP6" t="inlineStr">
@@ -2414,54 +2414,54 @@
         </is>
       </c>
       <c r="AW7" t="n">
         <v>5</v>
       </c>
       <c r="AX7" t="inlineStr">
         <is>
           <t>nurses handling antineoplastic drugs (nonsmokers)</t>
         </is>
       </c>
       <c r="AY7" t="inlineStr"/>
       <c r="AZ7" t="inlineStr"/>
       <c r="BA7" t="n">
         <v>6226</v>
       </c>
       <c r="BB7" t="n">
         <v>7</v>
       </c>
       <c r="BC7" t="n">
         <v>21</v>
       </c>
       <c r="BD7" t="n">
         <v>4.84</v>
       </c>
       <c r="BE7" t="n">
-        <v>16.52374657814068</v>
+        <v>16.52374657814067</v>
       </c>
       <c r="BF7" t="n">
-        <v>25.47625342185932</v>
+        <v>25.47625342185933</v>
       </c>
       <c r="BG7" t="inlineStr"/>
       <c r="BH7" t="inlineStr"/>
       <c r="BI7" t="inlineStr"/>
       <c r="BJ7" t="inlineStr"/>
       <c r="BK7" t="n">
         <v>0.001</v>
       </c>
       <c r="BL7" t="b">
         <v>0</v>
       </c>
       <c r="BM7" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN7" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO7" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -2681,54 +2681,54 @@
         </is>
       </c>
       <c r="AW8" t="n">
         <v>0</v>
       </c>
       <c r="AX8" t="inlineStr">
         <is>
           <t>controls (hospital workers)</t>
         </is>
       </c>
       <c r="AY8" t="inlineStr"/>
       <c r="AZ8" t="inlineStr"/>
       <c r="BA8" t="n">
         <v>6017</v>
       </c>
       <c r="BB8" t="n">
         <v>20</v>
       </c>
       <c r="BC8" t="n">
         <v>6.21</v>
       </c>
       <c r="BD8" t="n">
         <v>2.78</v>
       </c>
       <c r="BE8" t="n">
-        <v>4.908919950152652</v>
+        <v>4.908919950152623</v>
       </c>
       <c r="BF8" t="n">
-        <v>7.511080049847348</v>
+        <v>7.511080049847377</v>
       </c>
       <c r="BG8" t="inlineStr"/>
       <c r="BH8" t="inlineStr"/>
       <c r="BI8" t="inlineStr"/>
       <c r="BJ8" t="inlineStr"/>
       <c r="BK8" t="inlineStr"/>
       <c r="BL8" t="b">
         <v>0</v>
       </c>
       <c r="BM8" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN8" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO8" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP8" t="inlineStr">
@@ -2952,54 +2952,54 @@
         </is>
       </c>
       <c r="AW9" t="n">
         <v>1</v>
       </c>
       <c r="AX9" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY9" t="inlineStr"/>
       <c r="AZ9" t="inlineStr"/>
       <c r="BA9" t="n">
         <v>6018</v>
       </c>
       <c r="BB9" t="n">
         <v>20</v>
       </c>
       <c r="BC9" t="n">
         <v>18.86</v>
       </c>
       <c r="BD9" t="n">
         <v>8.619999999999999</v>
       </c>
       <c r="BE9" t="n">
-        <v>14.82571581666038</v>
+        <v>14.82571581666029</v>
       </c>
       <c r="BF9" t="n">
-        <v>22.89428418333962</v>
+        <v>22.89428418333971</v>
       </c>
       <c r="BG9" t="inlineStr"/>
       <c r="BH9" t="inlineStr"/>
       <c r="BI9" t="inlineStr"/>
       <c r="BJ9" t="inlineStr"/>
       <c r="BK9" t="n">
         <v>0.001</v>
       </c>
       <c r="BL9" t="b">
         <v>0</v>
       </c>
       <c r="BM9" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN9" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO9" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -3221,54 +3221,54 @@
         </is>
       </c>
       <c r="AW10" t="n">
         <v>0</v>
       </c>
       <c r="AX10" t="inlineStr">
         <is>
           <t>controls (hospital workers)</t>
         </is>
       </c>
       <c r="AY10" t="inlineStr"/>
       <c r="AZ10" t="inlineStr"/>
       <c r="BA10" t="n">
         <v>6019</v>
       </c>
       <c r="BB10" t="n">
         <v>20</v>
       </c>
       <c r="BC10" t="n">
         <v>2.88</v>
       </c>
       <c r="BD10" t="n">
         <v>0.78</v>
       </c>
       <c r="BE10" t="n">
-        <v>2.51494876299247</v>
+        <v>2.514948762992463</v>
       </c>
       <c r="BF10" t="n">
-        <v>3.245051237007529</v>
+        <v>3.245051237007537</v>
       </c>
       <c r="BG10" t="inlineStr"/>
       <c r="BH10" t="inlineStr"/>
       <c r="BI10" t="inlineStr"/>
       <c r="BJ10" t="inlineStr"/>
       <c r="BK10" t="inlineStr"/>
       <c r="BL10" t="b">
         <v>0</v>
       </c>
       <c r="BM10" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN10" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO10" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP10" t="inlineStr">
@@ -3482,54 +3482,54 @@
         </is>
       </c>
       <c r="AW11" t="n">
         <v>1</v>
       </c>
       <c r="AX11" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY11" t="inlineStr"/>
       <c r="AZ11" t="inlineStr"/>
       <c r="BA11" t="n">
         <v>6020</v>
       </c>
       <c r="BB11" t="n">
         <v>20</v>
       </c>
       <c r="BC11" t="n">
         <v>4.94</v>
       </c>
       <c r="BD11" t="n">
         <v>1.95</v>
       </c>
       <c r="BE11" t="n">
-        <v>4.027371907481177</v>
+        <v>4.027371907481157</v>
       </c>
       <c r="BF11" t="n">
-        <v>5.852628092518824</v>
+        <v>5.852628092518843</v>
       </c>
       <c r="BG11" t="inlineStr"/>
       <c r="BH11" t="inlineStr"/>
       <c r="BI11" t="inlineStr"/>
       <c r="BJ11" t="inlineStr"/>
       <c r="BK11" t="n">
         <v>0.01</v>
       </c>
       <c r="BL11" t="b">
         <v>0</v>
       </c>
       <c r="BM11" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN11" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO11" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -5448,54 +5448,54 @@
         </is>
       </c>
       <c r="AW19" t="n">
         <v>0</v>
       </c>
       <c r="AX19" t="inlineStr">
         <is>
           <t>controls (hospital workers)</t>
         </is>
       </c>
       <c r="AY19" t="inlineStr"/>
       <c r="AZ19" t="inlineStr"/>
       <c r="BA19" t="n">
         <v>5874</v>
       </c>
       <c r="BB19" t="n">
         <v>12</v>
       </c>
       <c r="BC19" t="n">
         <v>5.54</v>
       </c>
       <c r="BD19" t="n">
         <v>2.98</v>
       </c>
       <c r="BE19" t="n">
-        <v>3.64659833176217</v>
+        <v>3.646598331754694</v>
       </c>
       <c r="BF19" t="n">
-        <v>7.43340166823783</v>
+        <v>7.433401668245306</v>
       </c>
       <c r="BG19" t="inlineStr"/>
       <c r="BH19" t="inlineStr"/>
       <c r="BI19" t="inlineStr"/>
       <c r="BJ19" t="inlineStr"/>
       <c r="BK19" t="inlineStr"/>
       <c r="BL19" t="b">
         <v>0</v>
       </c>
       <c r="BM19" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN19" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO19" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP19" t="inlineStr">
@@ -5713,54 +5713,54 @@
         </is>
       </c>
       <c r="AW20" t="n">
         <v>1</v>
       </c>
       <c r="AX20" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY20" t="inlineStr"/>
       <c r="AZ20" t="inlineStr"/>
       <c r="BA20" t="n">
         <v>5875</v>
       </c>
       <c r="BB20" t="n">
         <v>12</v>
       </c>
       <c r="BC20" t="n">
         <v>6.75</v>
       </c>
       <c r="BD20" t="n">
         <v>3.025</v>
       </c>
       <c r="BE20" t="n">
-        <v>4.828006695832403</v>
+        <v>4.828006695824815</v>
       </c>
       <c r="BF20" t="n">
-        <v>8.671993304167597</v>
+        <v>8.671993304175185</v>
       </c>
       <c r="BG20" t="inlineStr"/>
       <c r="BH20" t="inlineStr"/>
       <c r="BI20" t="inlineStr"/>
       <c r="BJ20" t="inlineStr"/>
       <c r="BK20" t="n">
         <v>0.129</v>
       </c>
       <c r="BL20" t="b">
         <v>0</v>
       </c>
       <c r="BM20" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN20" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO20" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -5978,54 +5978,54 @@
         </is>
       </c>
       <c r="AW21" t="n">
         <v>0</v>
       </c>
       <c r="AX21" t="inlineStr">
         <is>
           <t>controls (hospital workers)</t>
         </is>
       </c>
       <c r="AY21" t="inlineStr"/>
       <c r="AZ21" t="inlineStr"/>
       <c r="BA21" t="n">
         <v>14971</v>
       </c>
       <c r="BB21" t="n">
         <v>21</v>
       </c>
       <c r="BC21" t="n">
         <v>8.08</v>
       </c>
       <c r="BD21" t="n">
         <v>5.16</v>
       </c>
       <c r="BE21" t="n">
-        <v>5.731196160329777</v>
+        <v>5.731196160329747</v>
       </c>
       <c r="BF21" t="n">
-        <v>10.42880383967022</v>
+        <v>10.42880383967025</v>
       </c>
       <c r="BG21" t="inlineStr"/>
       <c r="BH21" t="inlineStr"/>
       <c r="BI21" t="inlineStr"/>
       <c r="BJ21" t="inlineStr"/>
       <c r="BK21" t="inlineStr"/>
       <c r="BL21" t="b">
         <v>0</v>
       </c>
       <c r="BM21" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN21" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO21" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP21" t="inlineStr">
@@ -6247,54 +6247,54 @@
         </is>
       </c>
       <c r="AW22" t="n">
         <v>1</v>
       </c>
       <c r="AX22" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY22" t="inlineStr"/>
       <c r="AZ22" t="inlineStr"/>
       <c r="BA22" t="n">
         <v>14972</v>
       </c>
       <c r="BB22" t="n">
         <v>21</v>
       </c>
       <c r="BC22" t="n">
         <v>20.83</v>
       </c>
       <c r="BD22" t="n">
         <v>10.19</v>
       </c>
       <c r="BE22" t="n">
-        <v>16.19156761119388</v>
+        <v>16.19156761119382</v>
       </c>
       <c r="BF22" t="n">
-        <v>25.46843238880611</v>
+        <v>25.46843238880618</v>
       </c>
       <c r="BG22" t="inlineStr"/>
       <c r="BH22" t="inlineStr"/>
       <c r="BI22" t="inlineStr"/>
       <c r="BJ22" t="inlineStr"/>
       <c r="BK22" t="n">
         <v>0.0005999999999999999</v>
       </c>
       <c r="BL22" t="b">
         <v>0</v>
       </c>
       <c r="BM22" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN22" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO22" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>