--- v0 (2025-12-14)
+++ v1 (2026-03-13)
@@ -2430,54 +2430,54 @@
         </is>
       </c>
       <c r="AW7" t="n">
         <v>1</v>
       </c>
       <c r="AX7" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY7" t="inlineStr"/>
       <c r="AZ7" t="inlineStr"/>
       <c r="BA7" t="n">
         <v>6063</v>
       </c>
       <c r="BB7" t="n">
         <v>121</v>
       </c>
       <c r="BC7" t="n">
         <v>0.764</v>
       </c>
       <c r="BD7" t="n">
         <v>0.121</v>
       </c>
       <c r="BE7" t="n">
-        <v>0.7422207655444195</v>
+        <v>0.7422207655440932</v>
       </c>
       <c r="BF7" t="n">
-        <v>0.7857792344555805</v>
+        <v>0.7857792344559068</v>
       </c>
       <c r="BG7" t="inlineStr"/>
       <c r="BH7" t="inlineStr"/>
       <c r="BI7" t="inlineStr"/>
       <c r="BJ7" t="inlineStr"/>
       <c r="BK7" t="n">
         <v>0.02</v>
       </c>
       <c r="BL7" t="b">
         <v>0</v>
       </c>
       <c r="BM7" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN7" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO7" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -2954,54 +2954,54 @@
         </is>
       </c>
       <c r="AW9" t="n">
         <v>1</v>
       </c>
       <c r="AX9" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY9" t="inlineStr"/>
       <c r="AZ9" t="inlineStr"/>
       <c r="BA9" t="n">
         <v>6065</v>
       </c>
       <c r="BB9" t="n">
         <v>121</v>
       </c>
       <c r="BC9" t="n">
         <v>0.312</v>
       </c>
       <c r="BD9" t="n">
         <v>0.253</v>
       </c>
       <c r="BE9" t="n">
-        <v>0.2664616006837862</v>
+        <v>0.2664616006831039</v>
       </c>
       <c r="BF9" t="n">
-        <v>0.3575383993162138</v>
+        <v>0.3575383993168961</v>
       </c>
       <c r="BG9" t="inlineStr"/>
       <c r="BH9" t="inlineStr"/>
       <c r="BI9" t="inlineStr"/>
       <c r="BJ9" t="inlineStr"/>
       <c r="BK9" t="n">
         <v>0.239</v>
       </c>
       <c r="BL9" t="b">
         <v>0</v>
       </c>
       <c r="BM9" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN9" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO9" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -3478,54 +3478,54 @@
         </is>
       </c>
       <c r="AW11" t="n">
         <v>1</v>
       </c>
       <c r="AX11" t="inlineStr">
         <is>
           <t>exposed (pharmacy technicians)</t>
         </is>
       </c>
       <c r="AY11" t="inlineStr"/>
       <c r="AZ11" t="inlineStr"/>
       <c r="BA11" t="n">
         <v>6148</v>
       </c>
       <c r="BB11" t="n">
         <v>5</v>
       </c>
       <c r="BC11" t="n">
         <v>32.6</v>
       </c>
       <c r="BD11" t="n">
         <v>18.2</v>
       </c>
       <c r="BE11" t="n">
-        <v>10.00171523269145</v>
+        <v>10.0017152326915</v>
       </c>
       <c r="BF11" t="n">
-        <v>55.19828476730855</v>
+        <v>55.19828476730851</v>
       </c>
       <c r="BG11" t="inlineStr"/>
       <c r="BH11" t="inlineStr"/>
       <c r="BI11" t="inlineStr"/>
       <c r="BJ11" t="inlineStr"/>
       <c r="BK11" t="n">
         <v>0.5</v>
       </c>
       <c r="BL11" t="b">
         <v>0</v>
       </c>
       <c r="BM11" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN11" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO11" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -3741,54 +3741,54 @@
         </is>
       </c>
       <c r="AW12" t="n">
         <v>2</v>
       </c>
       <c r="AX12" t="inlineStr">
         <is>
           <t>exposed (outpatient nurses)</t>
         </is>
       </c>
       <c r="AY12" t="inlineStr"/>
       <c r="AZ12" t="inlineStr"/>
       <c r="BA12" t="n">
         <v>6149</v>
       </c>
       <c r="BB12" t="n">
         <v>12</v>
       </c>
       <c r="BC12" t="n">
         <v>43.2</v>
       </c>
       <c r="BD12" t="n">
         <v>36</v>
       </c>
       <c r="BE12" t="n">
-        <v>20.32669125618728</v>
+        <v>20.32669125609698</v>
       </c>
       <c r="BF12" t="n">
-        <v>66.07330874381273</v>
+        <v>66.07330874390303</v>
       </c>
       <c r="BG12" t="inlineStr"/>
       <c r="BH12" t="inlineStr"/>
       <c r="BI12" t="inlineStr"/>
       <c r="BJ12" t="inlineStr"/>
       <c r="BK12" t="n">
         <v>0.2</v>
       </c>
       <c r="BL12" t="b">
         <v>0</v>
       </c>
       <c r="BM12" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN12" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO12" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -4004,54 +4004,54 @@
         </is>
       </c>
       <c r="AW13" t="n">
         <v>3</v>
       </c>
       <c r="AX13" t="inlineStr">
         <is>
           <t>exposed (ward nurses)</t>
         </is>
       </c>
       <c r="AY13" t="inlineStr"/>
       <c r="AZ13" t="inlineStr"/>
       <c r="BA13" t="n">
         <v>6150</v>
       </c>
       <c r="BB13" t="n">
         <v>13</v>
       </c>
       <c r="BC13" t="n">
         <v>27.4</v>
       </c>
       <c r="BD13" t="n">
         <v>13.9</v>
       </c>
       <c r="BE13" t="n">
-        <v>19.0003140661412</v>
+        <v>19.00031406612651</v>
       </c>
       <c r="BF13" t="n">
-        <v>35.7996859338588</v>
+        <v>35.79968593387348</v>
       </c>
       <c r="BG13" t="inlineStr"/>
       <c r="BH13" t="inlineStr"/>
       <c r="BI13" t="inlineStr"/>
       <c r="BJ13" t="inlineStr"/>
       <c r="BK13" t="n">
         <v>0.8</v>
       </c>
       <c r="BL13" t="b">
         <v>0</v>
       </c>
       <c r="BM13" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN13" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO13" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -4528,54 +4528,54 @@
         </is>
       </c>
       <c r="AW15" t="n">
         <v>1</v>
       </c>
       <c r="AX15" t="inlineStr">
         <is>
           <t>exposed (pharmacy technicians)</t>
         </is>
       </c>
       <c r="AY15" t="inlineStr"/>
       <c r="AZ15" t="inlineStr"/>
       <c r="BA15" t="n">
         <v>6152</v>
       </c>
       <c r="BB15" t="n">
         <v>5</v>
       </c>
       <c r="BC15" t="n">
         <v>20.8</v>
       </c>
       <c r="BD15" t="n">
         <v>10.1</v>
       </c>
       <c r="BE15" t="n">
-        <v>8.259193618141959</v>
+        <v>8.259193618141984</v>
       </c>
       <c r="BF15" t="n">
-        <v>33.34080638185804</v>
+        <v>33.34080638185802</v>
       </c>
       <c r="BG15" t="inlineStr"/>
       <c r="BH15" t="inlineStr"/>
       <c r="BI15" t="inlineStr"/>
       <c r="BJ15" t="inlineStr"/>
       <c r="BK15" t="n">
         <v>0.3</v>
       </c>
       <c r="BL15" t="b">
         <v>0</v>
       </c>
       <c r="BM15" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN15" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO15" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -4791,54 +4791,54 @@
         </is>
       </c>
       <c r="AW16" t="n">
         <v>2</v>
       </c>
       <c r="AX16" t="inlineStr">
         <is>
           <t>exposed (outpatient nurses)</t>
         </is>
       </c>
       <c r="AY16" t="inlineStr"/>
       <c r="AZ16" t="inlineStr"/>
       <c r="BA16" t="n">
         <v>6153</v>
       </c>
       <c r="BB16" t="n">
         <v>12</v>
       </c>
       <c r="BC16" t="n">
         <v>15.5</v>
       </c>
       <c r="BD16" t="n">
         <v>9</v>
       </c>
       <c r="BE16" t="n">
-        <v>9.78167281404682</v>
+        <v>9.781672814024244</v>
       </c>
       <c r="BF16" t="n">
-        <v>21.21832718595318</v>
+        <v>21.21832718597576</v>
       </c>
       <c r="BG16" t="inlineStr"/>
       <c r="BH16" t="inlineStr"/>
       <c r="BI16" t="inlineStr"/>
       <c r="BJ16" t="inlineStr"/>
       <c r="BK16" t="n">
         <v>0.8</v>
       </c>
       <c r="BL16" t="b">
         <v>0</v>
       </c>
       <c r="BM16" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN16" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO16" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -5054,54 +5054,54 @@
         </is>
       </c>
       <c r="AW17" t="n">
         <v>3</v>
       </c>
       <c r="AX17" t="inlineStr">
         <is>
           <t>exposed (ward nurses)</t>
         </is>
       </c>
       <c r="AY17" t="inlineStr"/>
       <c r="AZ17" t="inlineStr"/>
       <c r="BA17" t="n">
         <v>6154</v>
       </c>
       <c r="BB17" t="n">
         <v>13</v>
       </c>
       <c r="BC17" t="n">
         <v>14.7</v>
       </c>
       <c r="BD17" t="n">
         <v>7.9</v>
       </c>
       <c r="BE17" t="n">
-        <v>9.926077778598238</v>
+        <v>9.926077778589889</v>
       </c>
       <c r="BF17" t="n">
-        <v>19.47392222140176</v>
+        <v>19.47392222141011</v>
       </c>
       <c r="BG17" t="inlineStr"/>
       <c r="BH17" t="inlineStr"/>
       <c r="BI17" t="inlineStr"/>
       <c r="BJ17" t="inlineStr"/>
       <c r="BK17" t="n">
         <v>0.6</v>
       </c>
       <c r="BL17" t="b">
         <v>0</v>
       </c>
       <c r="BM17" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN17" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO17" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -5317,54 +5317,54 @@
         </is>
       </c>
       <c r="AW18" t="n">
         <v>0</v>
       </c>
       <c r="AX18" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY18" t="inlineStr"/>
       <c r="AZ18" t="inlineStr"/>
       <c r="BA18" t="n">
         <v>5977</v>
       </c>
       <c r="BB18" t="n">
         <v>15</v>
       </c>
       <c r="BC18" t="n">
         <v>3.73</v>
       </c>
       <c r="BD18" t="n">
         <v>0.8</v>
       </c>
       <c r="BE18" t="n">
-        <v>2.014170649666458</v>
+        <v>2.014170649665757</v>
       </c>
       <c r="BF18" t="n">
-        <v>5.445829350333542</v>
+        <v>5.445829350334243</v>
       </c>
       <c r="BG18" t="inlineStr"/>
       <c r="BH18" t="inlineStr"/>
       <c r="BI18" t="inlineStr"/>
       <c r="BJ18" t="inlineStr"/>
       <c r="BK18" t="inlineStr"/>
       <c r="BL18" t="b">
         <v>0</v>
       </c>
       <c r="BM18" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN18" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO18" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP18" t="inlineStr">
@@ -5578,54 +5578,54 @@
         </is>
       </c>
       <c r="AW19" t="n">
         <v>1</v>
       </c>
       <c r="AX19" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY19" t="inlineStr"/>
       <c r="AZ19" t="inlineStr"/>
       <c r="BA19" t="n">
         <v>5978</v>
       </c>
       <c r="BB19" t="n">
         <v>15</v>
       </c>
       <c r="BC19" t="n">
         <v>17.8</v>
       </c>
       <c r="BD19" t="n">
         <v>1.88</v>
       </c>
       <c r="BE19" t="n">
-        <v>13.76780102671618</v>
+        <v>13.76780102671453</v>
       </c>
       <c r="BF19" t="n">
-        <v>21.83219897328382</v>
+        <v>21.83219897328547</v>
       </c>
       <c r="BG19" t="inlineStr"/>
       <c r="BH19" t="inlineStr"/>
       <c r="BI19" t="inlineStr"/>
       <c r="BJ19" t="inlineStr"/>
       <c r="BK19" t="n">
         <v>0.01</v>
       </c>
       <c r="BL19" t="b">
         <v>0</v>
       </c>
       <c r="BM19" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN19" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO19" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -5841,54 +5841,54 @@
         </is>
       </c>
       <c r="AW20" t="n">
         <v>0</v>
       </c>
       <c r="AX20" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY20" t="inlineStr"/>
       <c r="AZ20" t="inlineStr"/>
       <c r="BA20" t="n">
         <v>5979</v>
       </c>
       <c r="BB20" t="n">
         <v>15</v>
       </c>
       <c r="BC20" t="n">
         <v>3.13</v>
       </c>
       <c r="BD20" t="n">
         <v>0.59</v>
       </c>
       <c r="BE20" t="n">
-        <v>1.864575854129013</v>
+        <v>1.864575854128496</v>
       </c>
       <c r="BF20" t="n">
-        <v>4.395424145870987</v>
+        <v>4.395424145871504</v>
       </c>
       <c r="BG20" t="inlineStr"/>
       <c r="BH20" t="inlineStr"/>
       <c r="BI20" t="inlineStr"/>
       <c r="BJ20" t="inlineStr"/>
       <c r="BK20" t="inlineStr"/>
       <c r="BL20" t="b">
         <v>0</v>
       </c>
       <c r="BM20" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN20" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO20" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP20" t="inlineStr">
@@ -6102,54 +6102,54 @@
         </is>
       </c>
       <c r="AW21" t="n">
         <v>1</v>
       </c>
       <c r="AX21" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY21" t="inlineStr"/>
       <c r="AZ21" t="inlineStr"/>
       <c r="BA21" t="n">
         <v>5980</v>
       </c>
       <c r="BB21" t="n">
         <v>15</v>
       </c>
       <c r="BC21" t="n">
         <v>13.67</v>
       </c>
       <c r="BD21" t="n">
         <v>1.56</v>
       </c>
       <c r="BE21" t="n">
-        <v>10.32413276684959</v>
+        <v>10.32413276684823</v>
       </c>
       <c r="BF21" t="n">
-        <v>17.01586723315041</v>
+        <v>17.01586723315177</v>
       </c>
       <c r="BG21" t="inlineStr"/>
       <c r="BH21" t="inlineStr"/>
       <c r="BI21" t="inlineStr"/>
       <c r="BJ21" t="inlineStr"/>
       <c r="BK21" t="n">
         <v>0.01</v>
       </c>
       <c r="BL21" t="b">
         <v>0</v>
       </c>
       <c r="BM21" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN21" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO21" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -6367,54 +6367,54 @@
         </is>
       </c>
       <c r="AW22" t="n">
         <v>0</v>
       </c>
       <c r="AX22" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY22" t="inlineStr"/>
       <c r="AZ22" t="inlineStr"/>
       <c r="BA22" t="n">
         <v>7216</v>
       </c>
       <c r="BB22" t="n">
         <v>15</v>
       </c>
       <c r="BC22" t="n">
         <v>0.17</v>
       </c>
       <c r="BD22" t="n">
         <v>0.15</v>
       </c>
       <c r="BE22" t="n">
-        <v>-0.1517180031875391</v>
+        <v>-0.1517180031876706</v>
       </c>
       <c r="BF22" t="n">
-        <v>0.4917180031875391</v>
+        <v>0.4917180031876706</v>
       </c>
       <c r="BG22" t="inlineStr"/>
       <c r="BH22" t="inlineStr"/>
       <c r="BI22" t="inlineStr"/>
       <c r="BJ22" t="inlineStr"/>
       <c r="BK22" t="inlineStr"/>
       <c r="BL22" t="b">
         <v>0</v>
       </c>
       <c r="BM22" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN22" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO22" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP22" t="inlineStr">
@@ -6636,54 +6636,54 @@
         </is>
       </c>
       <c r="AW23" t="n">
         <v>1</v>
       </c>
       <c r="AX23" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY23" t="inlineStr"/>
       <c r="AZ23" t="inlineStr"/>
       <c r="BA23" t="n">
         <v>7217</v>
       </c>
       <c r="BB23" t="n">
         <v>15</v>
       </c>
       <c r="BC23" t="n">
         <v>0.29</v>
       </c>
       <c r="BD23" t="n">
         <v>0.03</v>
       </c>
       <c r="BE23" t="n">
-        <v>0.2256563993624922</v>
+        <v>0.2256563993624659</v>
       </c>
       <c r="BF23" t="n">
-        <v>0.3543436006375078</v>
+        <v>0.3543436006375341</v>
       </c>
       <c r="BG23" t="inlineStr"/>
       <c r="BH23" t="inlineStr"/>
       <c r="BI23" t="inlineStr"/>
       <c r="BJ23" t="inlineStr"/>
       <c r="BK23" t="inlineStr"/>
       <c r="BL23" t="b">
         <v>0</v>
       </c>
       <c r="BM23" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN23" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO23" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP23" t="inlineStr">
@@ -6903,54 +6903,54 @@
         </is>
       </c>
       <c r="AW24" t="n">
         <v>0</v>
       </c>
       <c r="AX24" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY24" t="inlineStr"/>
       <c r="AZ24" t="inlineStr"/>
       <c r="BA24" t="n">
         <v>6210</v>
       </c>
       <c r="BB24" t="n">
         <v>15</v>
       </c>
       <c r="BC24" t="n">
         <v>0.71</v>
       </c>
       <c r="BD24" t="n">
         <v>0.01</v>
       </c>
       <c r="BE24" t="n">
-        <v>0.6885521331208307</v>
+        <v>0.688552133120822</v>
       </c>
       <c r="BF24" t="n">
-        <v>0.7314478668791692</v>
+        <v>0.731447866879178</v>
       </c>
       <c r="BG24" t="inlineStr"/>
       <c r="BH24" t="inlineStr"/>
       <c r="BI24" t="inlineStr"/>
       <c r="BJ24" t="inlineStr"/>
       <c r="BK24" t="inlineStr"/>
       <c r="BL24" t="b">
         <v>0</v>
       </c>
       <c r="BM24" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN24" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO24" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP24" t="inlineStr">
@@ -7170,54 +7170,54 @@
         </is>
       </c>
       <c r="AW25" t="n">
         <v>1</v>
       </c>
       <c r="AX25" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY25" t="inlineStr"/>
       <c r="AZ25" t="inlineStr"/>
       <c r="BA25" t="n">
         <v>6211</v>
       </c>
       <c r="BB25" t="n">
         <v>15</v>
       </c>
       <c r="BC25" t="n">
         <v>1.72</v>
       </c>
       <c r="BD25" t="n">
         <v>0.15</v>
       </c>
       <c r="BE25" t="n">
-        <v>1.398281996812461</v>
+        <v>1.398281996812329</v>
       </c>
       <c r="BF25" t="n">
-        <v>2.041718003187539</v>
+        <v>2.04171800318767</v>
       </c>
       <c r="BG25" t="inlineStr"/>
       <c r="BH25" t="inlineStr"/>
       <c r="BI25" t="inlineStr"/>
       <c r="BJ25" t="inlineStr"/>
       <c r="BK25" t="n">
         <v>0.01</v>
       </c>
       <c r="BL25" t="b">
         <v>0</v>
       </c>
       <c r="BM25" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN25" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO25" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>