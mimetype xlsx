--- v0 (2025-12-13)
+++ v1 (2026-03-13)
@@ -2430,54 +2430,54 @@
         </is>
       </c>
       <c r="AW7" t="n">
         <v>1</v>
       </c>
       <c r="AX7" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY7" t="inlineStr"/>
       <c r="AZ7" t="inlineStr"/>
       <c r="BA7" t="n">
         <v>6063</v>
       </c>
       <c r="BB7" t="n">
         <v>121</v>
       </c>
       <c r="BC7" t="n">
         <v>0.764</v>
       </c>
       <c r="BD7" t="n">
         <v>0.121</v>
       </c>
       <c r="BE7" t="n">
-        <v>0.7422207655444195</v>
+        <v>0.7422207655440932</v>
       </c>
       <c r="BF7" t="n">
-        <v>0.7857792344555805</v>
+        <v>0.7857792344559068</v>
       </c>
       <c r="BG7" t="inlineStr"/>
       <c r="BH7" t="inlineStr"/>
       <c r="BI7" t="inlineStr"/>
       <c r="BJ7" t="inlineStr"/>
       <c r="BK7" t="n">
         <v>0.02</v>
       </c>
       <c r="BL7" t="b">
         <v>0</v>
       </c>
       <c r="BM7" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN7" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO7" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -2954,54 +2954,54 @@
         </is>
       </c>
       <c r="AW9" t="n">
         <v>1</v>
       </c>
       <c r="AX9" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY9" t="inlineStr"/>
       <c r="AZ9" t="inlineStr"/>
       <c r="BA9" t="n">
         <v>6065</v>
       </c>
       <c r="BB9" t="n">
         <v>121</v>
       </c>
       <c r="BC9" t="n">
         <v>0.312</v>
       </c>
       <c r="BD9" t="n">
         <v>0.253</v>
       </c>
       <c r="BE9" t="n">
-        <v>0.2664616006837862</v>
+        <v>0.2664616006831039</v>
       </c>
       <c r="BF9" t="n">
-        <v>0.3575383993162138</v>
+        <v>0.3575383993168961</v>
       </c>
       <c r="BG9" t="inlineStr"/>
       <c r="BH9" t="inlineStr"/>
       <c r="BI9" t="inlineStr"/>
       <c r="BJ9" t="inlineStr"/>
       <c r="BK9" t="n">
         <v>0.239</v>
       </c>
       <c r="BL9" t="b">
         <v>0</v>
       </c>
       <c r="BM9" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN9" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO9" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -3478,54 +3478,54 @@
         </is>
       </c>
       <c r="AW11" t="n">
         <v>1</v>
       </c>
       <c r="AX11" t="inlineStr">
         <is>
           <t>exposed (pharmacy technicians)</t>
         </is>
       </c>
       <c r="AY11" t="inlineStr"/>
       <c r="AZ11" t="inlineStr"/>
       <c r="BA11" t="n">
         <v>6148</v>
       </c>
       <c r="BB11" t="n">
         <v>5</v>
       </c>
       <c r="BC11" t="n">
         <v>32.6</v>
       </c>
       <c r="BD11" t="n">
         <v>18.2</v>
       </c>
       <c r="BE11" t="n">
-        <v>10.00171523269145</v>
+        <v>10.0017152326915</v>
       </c>
       <c r="BF11" t="n">
-        <v>55.19828476730855</v>
+        <v>55.19828476730851</v>
       </c>
       <c r="BG11" t="inlineStr"/>
       <c r="BH11" t="inlineStr"/>
       <c r="BI11" t="inlineStr"/>
       <c r="BJ11" t="inlineStr"/>
       <c r="BK11" t="n">
         <v>0.5</v>
       </c>
       <c r="BL11" t="b">
         <v>0</v>
       </c>
       <c r="BM11" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN11" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO11" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -3741,54 +3741,54 @@
         </is>
       </c>
       <c r="AW12" t="n">
         <v>2</v>
       </c>
       <c r="AX12" t="inlineStr">
         <is>
           <t>exposed (outpatient nurses)</t>
         </is>
       </c>
       <c r="AY12" t="inlineStr"/>
       <c r="AZ12" t="inlineStr"/>
       <c r="BA12" t="n">
         <v>6149</v>
       </c>
       <c r="BB12" t="n">
         <v>12</v>
       </c>
       <c r="BC12" t="n">
         <v>43.2</v>
       </c>
       <c r="BD12" t="n">
         <v>36</v>
       </c>
       <c r="BE12" t="n">
-        <v>20.32669125618728</v>
+        <v>20.32669125609698</v>
       </c>
       <c r="BF12" t="n">
-        <v>66.07330874381273</v>
+        <v>66.07330874390303</v>
       </c>
       <c r="BG12" t="inlineStr"/>
       <c r="BH12" t="inlineStr"/>
       <c r="BI12" t="inlineStr"/>
       <c r="BJ12" t="inlineStr"/>
       <c r="BK12" t="n">
         <v>0.2</v>
       </c>
       <c r="BL12" t="b">
         <v>0</v>
       </c>
       <c r="BM12" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN12" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO12" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -4004,54 +4004,54 @@
         </is>
       </c>
       <c r="AW13" t="n">
         <v>3</v>
       </c>
       <c r="AX13" t="inlineStr">
         <is>
           <t>exposed (ward nurses)</t>
         </is>
       </c>
       <c r="AY13" t="inlineStr"/>
       <c r="AZ13" t="inlineStr"/>
       <c r="BA13" t="n">
         <v>6150</v>
       </c>
       <c r="BB13" t="n">
         <v>13</v>
       </c>
       <c r="BC13" t="n">
         <v>27.4</v>
       </c>
       <c r="BD13" t="n">
         <v>13.9</v>
       </c>
       <c r="BE13" t="n">
-        <v>19.0003140661412</v>
+        <v>19.00031406612651</v>
       </c>
       <c r="BF13" t="n">
-        <v>35.7996859338588</v>
+        <v>35.79968593387348</v>
       </c>
       <c r="BG13" t="inlineStr"/>
       <c r="BH13" t="inlineStr"/>
       <c r="BI13" t="inlineStr"/>
       <c r="BJ13" t="inlineStr"/>
       <c r="BK13" t="n">
         <v>0.8</v>
       </c>
       <c r="BL13" t="b">
         <v>0</v>
       </c>
       <c r="BM13" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN13" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO13" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -4528,54 +4528,54 @@
         </is>
       </c>
       <c r="AW15" t="n">
         <v>1</v>
       </c>
       <c r="AX15" t="inlineStr">
         <is>
           <t>exposed (pharmacy technicians)</t>
         </is>
       </c>
       <c r="AY15" t="inlineStr"/>
       <c r="AZ15" t="inlineStr"/>
       <c r="BA15" t="n">
         <v>6152</v>
       </c>
       <c r="BB15" t="n">
         <v>5</v>
       </c>
       <c r="BC15" t="n">
         <v>20.8</v>
       </c>
       <c r="BD15" t="n">
         <v>10.1</v>
       </c>
       <c r="BE15" t="n">
-        <v>8.259193618141959</v>
+        <v>8.259193618141984</v>
       </c>
       <c r="BF15" t="n">
-        <v>33.34080638185804</v>
+        <v>33.34080638185802</v>
       </c>
       <c r="BG15" t="inlineStr"/>
       <c r="BH15" t="inlineStr"/>
       <c r="BI15" t="inlineStr"/>
       <c r="BJ15" t="inlineStr"/>
       <c r="BK15" t="n">
         <v>0.3</v>
       </c>
       <c r="BL15" t="b">
         <v>0</v>
       </c>
       <c r="BM15" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN15" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO15" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -4791,54 +4791,54 @@
         </is>
       </c>
       <c r="AW16" t="n">
         <v>2</v>
       </c>
       <c r="AX16" t="inlineStr">
         <is>
           <t>exposed (outpatient nurses)</t>
         </is>
       </c>
       <c r="AY16" t="inlineStr"/>
       <c r="AZ16" t="inlineStr"/>
       <c r="BA16" t="n">
         <v>6153</v>
       </c>
       <c r="BB16" t="n">
         <v>12</v>
       </c>
       <c r="BC16" t="n">
         <v>15.5</v>
       </c>
       <c r="BD16" t="n">
         <v>9</v>
       </c>
       <c r="BE16" t="n">
-        <v>9.78167281404682</v>
+        <v>9.781672814024244</v>
       </c>
       <c r="BF16" t="n">
-        <v>21.21832718595318</v>
+        <v>21.21832718597576</v>
       </c>
       <c r="BG16" t="inlineStr"/>
       <c r="BH16" t="inlineStr"/>
       <c r="BI16" t="inlineStr"/>
       <c r="BJ16" t="inlineStr"/>
       <c r="BK16" t="n">
         <v>0.8</v>
       </c>
       <c r="BL16" t="b">
         <v>0</v>
       </c>
       <c r="BM16" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN16" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO16" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -5054,54 +5054,54 @@
         </is>
       </c>
       <c r="AW17" t="n">
         <v>3</v>
       </c>
       <c r="AX17" t="inlineStr">
         <is>
           <t>exposed (ward nurses)</t>
         </is>
       </c>
       <c r="AY17" t="inlineStr"/>
       <c r="AZ17" t="inlineStr"/>
       <c r="BA17" t="n">
         <v>6154</v>
       </c>
       <c r="BB17" t="n">
         <v>13</v>
       </c>
       <c r="BC17" t="n">
         <v>14.7</v>
       </c>
       <c r="BD17" t="n">
         <v>7.9</v>
       </c>
       <c r="BE17" t="n">
-        <v>9.926077778598238</v>
+        <v>9.926077778589889</v>
       </c>
       <c r="BF17" t="n">
-        <v>19.47392222140176</v>
+        <v>19.47392222141011</v>
       </c>
       <c r="BG17" t="inlineStr"/>
       <c r="BH17" t="inlineStr"/>
       <c r="BI17" t="inlineStr"/>
       <c r="BJ17" t="inlineStr"/>
       <c r="BK17" t="n">
         <v>0.6</v>
       </c>
       <c r="BL17" t="b">
         <v>0</v>
       </c>
       <c r="BM17" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN17" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO17" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -5845,54 +5845,54 @@
         </is>
       </c>
       <c r="AW20" t="n">
         <v>0</v>
       </c>
       <c r="AX20" t="inlineStr">
         <is>
           <t>controls (office workers and students)</t>
         </is>
       </c>
       <c r="AY20" t="inlineStr"/>
       <c r="AZ20" t="inlineStr"/>
       <c r="BA20" t="n">
         <v>5991</v>
       </c>
       <c r="BB20" t="n">
         <v>20</v>
       </c>
       <c r="BC20" t="n">
         <v>76.01000000000001</v>
       </c>
       <c r="BD20" t="n">
         <v>3.7</v>
       </c>
       <c r="BE20" t="n">
-        <v>74.27834669624635</v>
+        <v>74.2783466962463</v>
       </c>
       <c r="BF20" t="n">
-        <v>77.74165330375367</v>
+        <v>77.74165330375371</v>
       </c>
       <c r="BG20" t="inlineStr"/>
       <c r="BH20" t="inlineStr"/>
       <c r="BI20" t="inlineStr"/>
       <c r="BJ20" t="inlineStr"/>
       <c r="BK20" t="inlineStr"/>
       <c r="BL20" t="b">
         <v>0</v>
       </c>
       <c r="BM20" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN20" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BO20" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BP20" t="inlineStr">
@@ -6385,54 +6385,54 @@
         </is>
       </c>
       <c r="AW22" t="n">
         <v>0</v>
       </c>
       <c r="AX22" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY22" t="inlineStr"/>
       <c r="AZ22" t="inlineStr"/>
       <c r="BA22" t="n">
         <v>5977</v>
       </c>
       <c r="BB22" t="n">
         <v>15</v>
       </c>
       <c r="BC22" t="n">
         <v>3.73</v>
       </c>
       <c r="BD22" t="n">
         <v>0.8</v>
       </c>
       <c r="BE22" t="n">
-        <v>2.014170649666458</v>
+        <v>2.014170649665757</v>
       </c>
       <c r="BF22" t="n">
-        <v>5.445829350333542</v>
+        <v>5.445829350334243</v>
       </c>
       <c r="BG22" t="inlineStr"/>
       <c r="BH22" t="inlineStr"/>
       <c r="BI22" t="inlineStr"/>
       <c r="BJ22" t="inlineStr"/>
       <c r="BK22" t="inlineStr"/>
       <c r="BL22" t="b">
         <v>0</v>
       </c>
       <c r="BM22" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN22" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO22" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP22" t="inlineStr">
@@ -6646,54 +6646,54 @@
         </is>
       </c>
       <c r="AW23" t="n">
         <v>1</v>
       </c>
       <c r="AX23" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY23" t="inlineStr"/>
       <c r="AZ23" t="inlineStr"/>
       <c r="BA23" t="n">
         <v>5978</v>
       </c>
       <c r="BB23" t="n">
         <v>15</v>
       </c>
       <c r="BC23" t="n">
         <v>17.8</v>
       </c>
       <c r="BD23" t="n">
         <v>1.88</v>
       </c>
       <c r="BE23" t="n">
-        <v>13.76780102671618</v>
+        <v>13.76780102671453</v>
       </c>
       <c r="BF23" t="n">
-        <v>21.83219897328382</v>
+        <v>21.83219897328547</v>
       </c>
       <c r="BG23" t="inlineStr"/>
       <c r="BH23" t="inlineStr"/>
       <c r="BI23" t="inlineStr"/>
       <c r="BJ23" t="inlineStr"/>
       <c r="BK23" t="n">
         <v>0.01</v>
       </c>
       <c r="BL23" t="b">
         <v>0</v>
       </c>
       <c r="BM23" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN23" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO23" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -6909,54 +6909,54 @@
         </is>
       </c>
       <c r="AW24" t="n">
         <v>0</v>
       </c>
       <c r="AX24" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY24" t="inlineStr"/>
       <c r="AZ24" t="inlineStr"/>
       <c r="BA24" t="n">
         <v>5979</v>
       </c>
       <c r="BB24" t="n">
         <v>15</v>
       </c>
       <c r="BC24" t="n">
         <v>3.13</v>
       </c>
       <c r="BD24" t="n">
         <v>0.59</v>
       </c>
       <c r="BE24" t="n">
-        <v>1.864575854129013</v>
+        <v>1.864575854128496</v>
       </c>
       <c r="BF24" t="n">
-        <v>4.395424145870987</v>
+        <v>4.395424145871504</v>
       </c>
       <c r="BG24" t="inlineStr"/>
       <c r="BH24" t="inlineStr"/>
       <c r="BI24" t="inlineStr"/>
       <c r="BJ24" t="inlineStr"/>
       <c r="BK24" t="inlineStr"/>
       <c r="BL24" t="b">
         <v>0</v>
       </c>
       <c r="BM24" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN24" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO24" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP24" t="inlineStr">
@@ -7170,54 +7170,54 @@
         </is>
       </c>
       <c r="AW25" t="n">
         <v>1</v>
       </c>
       <c r="AX25" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY25" t="inlineStr"/>
       <c r="AZ25" t="inlineStr"/>
       <c r="BA25" t="n">
         <v>5980</v>
       </c>
       <c r="BB25" t="n">
         <v>15</v>
       </c>
       <c r="BC25" t="n">
         <v>13.67</v>
       </c>
       <c r="BD25" t="n">
         <v>1.56</v>
       </c>
       <c r="BE25" t="n">
-        <v>10.32413276684959</v>
+        <v>10.32413276684823</v>
       </c>
       <c r="BF25" t="n">
-        <v>17.01586723315041</v>
+        <v>17.01586723315177</v>
       </c>
       <c r="BG25" t="inlineStr"/>
       <c r="BH25" t="inlineStr"/>
       <c r="BI25" t="inlineStr"/>
       <c r="BJ25" t="inlineStr"/>
       <c r="BK25" t="n">
         <v>0.01</v>
       </c>
       <c r="BL25" t="b">
         <v>0</v>
       </c>
       <c r="BM25" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN25" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO25" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -7435,54 +7435,54 @@
         </is>
       </c>
       <c r="AW26" t="n">
         <v>0</v>
       </c>
       <c r="AX26" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY26" t="inlineStr"/>
       <c r="AZ26" t="inlineStr"/>
       <c r="BA26" t="n">
         <v>7216</v>
       </c>
       <c r="BB26" t="n">
         <v>15</v>
       </c>
       <c r="BC26" t="n">
         <v>0.17</v>
       </c>
       <c r="BD26" t="n">
         <v>0.15</v>
       </c>
       <c r="BE26" t="n">
-        <v>-0.1517180031875391</v>
+        <v>-0.1517180031876706</v>
       </c>
       <c r="BF26" t="n">
-        <v>0.4917180031875391</v>
+        <v>0.4917180031876706</v>
       </c>
       <c r="BG26" t="inlineStr"/>
       <c r="BH26" t="inlineStr"/>
       <c r="BI26" t="inlineStr"/>
       <c r="BJ26" t="inlineStr"/>
       <c r="BK26" t="inlineStr"/>
       <c r="BL26" t="b">
         <v>0</v>
       </c>
       <c r="BM26" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN26" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO26" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP26" t="inlineStr">
@@ -7704,54 +7704,54 @@
         </is>
       </c>
       <c r="AW27" t="n">
         <v>1</v>
       </c>
       <c r="AX27" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY27" t="inlineStr"/>
       <c r="AZ27" t="inlineStr"/>
       <c r="BA27" t="n">
         <v>7217</v>
       </c>
       <c r="BB27" t="n">
         <v>15</v>
       </c>
       <c r="BC27" t="n">
         <v>0.29</v>
       </c>
       <c r="BD27" t="n">
         <v>0.03</v>
       </c>
       <c r="BE27" t="n">
-        <v>0.2256563993624922</v>
+        <v>0.2256563993624659</v>
       </c>
       <c r="BF27" t="n">
-        <v>0.3543436006375078</v>
+        <v>0.3543436006375341</v>
       </c>
       <c r="BG27" t="inlineStr"/>
       <c r="BH27" t="inlineStr"/>
       <c r="BI27" t="inlineStr"/>
       <c r="BJ27" t="inlineStr"/>
       <c r="BK27" t="inlineStr"/>
       <c r="BL27" t="b">
         <v>0</v>
       </c>
       <c r="BM27" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN27" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO27" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP27" t="inlineStr">
@@ -7971,54 +7971,54 @@
         </is>
       </c>
       <c r="AW28" t="n">
         <v>0</v>
       </c>
       <c r="AX28" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY28" t="inlineStr"/>
       <c r="AZ28" t="inlineStr"/>
       <c r="BA28" t="n">
         <v>6210</v>
       </c>
       <c r="BB28" t="n">
         <v>15</v>
       </c>
       <c r="BC28" t="n">
         <v>0.71</v>
       </c>
       <c r="BD28" t="n">
         <v>0.01</v>
       </c>
       <c r="BE28" t="n">
-        <v>0.6885521331208307</v>
+        <v>0.688552133120822</v>
       </c>
       <c r="BF28" t="n">
-        <v>0.7314478668791692</v>
+        <v>0.731447866879178</v>
       </c>
       <c r="BG28" t="inlineStr"/>
       <c r="BH28" t="inlineStr"/>
       <c r="BI28" t="inlineStr"/>
       <c r="BJ28" t="inlineStr"/>
       <c r="BK28" t="inlineStr"/>
       <c r="BL28" t="b">
         <v>0</v>
       </c>
       <c r="BM28" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN28" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO28" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP28" t="inlineStr">
@@ -8238,54 +8238,54 @@
         </is>
       </c>
       <c r="AW29" t="n">
         <v>1</v>
       </c>
       <c r="AX29" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY29" t="inlineStr"/>
       <c r="AZ29" t="inlineStr"/>
       <c r="BA29" t="n">
         <v>6211</v>
       </c>
       <c r="BB29" t="n">
         <v>15</v>
       </c>
       <c r="BC29" t="n">
         <v>1.72</v>
       </c>
       <c r="BD29" t="n">
         <v>0.15</v>
       </c>
       <c r="BE29" t="n">
-        <v>1.398281996812461</v>
+        <v>1.398281996812329</v>
       </c>
       <c r="BF29" t="n">
-        <v>2.041718003187539</v>
+        <v>2.04171800318767</v>
       </c>
       <c r="BG29" t="inlineStr"/>
       <c r="BH29" t="inlineStr"/>
       <c r="BI29" t="inlineStr"/>
       <c r="BJ29" t="inlineStr"/>
       <c r="BK29" t="n">
         <v>0.01</v>
       </c>
       <c r="BL29" t="b">
         <v>0</v>
       </c>
       <c r="BM29" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN29" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO29" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -8507,54 +8507,54 @@
         </is>
       </c>
       <c r="AW30" t="n">
         <v>0</v>
       </c>
       <c r="AX30" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY30" t="inlineStr"/>
       <c r="AZ30" t="inlineStr"/>
       <c r="BA30" t="n">
         <v>5973</v>
       </c>
       <c r="BB30" t="n">
         <v>21</v>
       </c>
       <c r="BC30" t="n">
         <v>5.48</v>
       </c>
       <c r="BD30" t="n">
         <v>0.82</v>
       </c>
       <c r="BE30" t="n">
-        <v>3.769509973242015</v>
+        <v>3.769509973241992</v>
       </c>
       <c r="BF30" t="n">
-        <v>7.190490026757987</v>
+        <v>7.190490026758009</v>
       </c>
       <c r="BG30" t="inlineStr"/>
       <c r="BH30" t="inlineStr"/>
       <c r="BI30" t="inlineStr"/>
       <c r="BJ30" t="inlineStr"/>
       <c r="BK30" t="inlineStr"/>
       <c r="BL30" t="b">
         <v>0</v>
       </c>
       <c r="BM30" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN30" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO30" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP30" t="inlineStr">
@@ -8768,54 +8768,54 @@
         </is>
       </c>
       <c r="AW31" t="n">
         <v>1</v>
       </c>
       <c r="AX31" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY31" t="inlineStr"/>
       <c r="AZ31" t="inlineStr"/>
       <c r="BA31" t="n">
         <v>5974</v>
       </c>
       <c r="BB31" t="n">
         <v>21</v>
       </c>
       <c r="BC31" t="n">
         <v>10.1</v>
       </c>
       <c r="BD31" t="n">
         <v>0.95</v>
       </c>
       <c r="BE31" t="n">
-        <v>8.118334725097455</v>
+        <v>8.118334725097428</v>
       </c>
       <c r="BF31" t="n">
-        <v>12.08166527490254</v>
+        <v>12.08166527490257</v>
       </c>
       <c r="BG31" t="inlineStr"/>
       <c r="BH31" t="inlineStr"/>
       <c r="BI31" t="inlineStr"/>
       <c r="BJ31" t="inlineStr"/>
       <c r="BK31" t="n">
         <v>0.01</v>
       </c>
       <c r="BL31" t="b">
         <v>0</v>
       </c>
       <c r="BM31" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN31" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO31" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -9035,54 +9035,54 @@
         </is>
       </c>
       <c r="AW32" t="n">
         <v>0</v>
       </c>
       <c r="AX32" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY32" t="inlineStr"/>
       <c r="AZ32" t="inlineStr"/>
       <c r="BA32" t="n">
         <v>5975</v>
       </c>
       <c r="BB32" t="n">
         <v>21</v>
       </c>
       <c r="BC32" t="n">
         <v>4.38</v>
       </c>
       <c r="BD32" t="n">
         <v>0.58</v>
       </c>
       <c r="BE32" t="n">
-        <v>3.170141200585815</v>
+        <v>3.170141200585799</v>
       </c>
       <c r="BF32" t="n">
-        <v>5.589858799414185</v>
+        <v>5.589858799414201</v>
       </c>
       <c r="BG32" t="inlineStr"/>
       <c r="BH32" t="inlineStr"/>
       <c r="BI32" t="inlineStr"/>
       <c r="BJ32" t="inlineStr"/>
       <c r="BK32" t="inlineStr"/>
       <c r="BL32" t="b">
         <v>0</v>
       </c>
       <c r="BM32" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN32" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO32" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP32" t="inlineStr">
@@ -9300,54 +9300,54 @@
         </is>
       </c>
       <c r="AW33" t="n">
         <v>1</v>
       </c>
       <c r="AX33" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY33" t="inlineStr"/>
       <c r="AZ33" t="inlineStr"/>
       <c r="BA33" t="n">
         <v>5976</v>
       </c>
       <c r="BB33" t="n">
         <v>21</v>
       </c>
       <c r="BC33" t="n">
         <v>8.050000000000001</v>
       </c>
       <c r="BD33" t="n">
         <v>0.75</v>
       </c>
       <c r="BE33" t="n">
-        <v>6.485527414550623</v>
+        <v>6.485527414550603</v>
       </c>
       <c r="BF33" t="n">
-        <v>9.614472585449377</v>
+        <v>9.614472585449398</v>
       </c>
       <c r="BG33" t="inlineStr"/>
       <c r="BH33" t="inlineStr"/>
       <c r="BI33" t="inlineStr"/>
       <c r="BJ33" t="inlineStr"/>
       <c r="BK33" t="n">
         <v>0.01</v>
       </c>
       <c r="BL33" t="b">
         <v>0</v>
       </c>
       <c r="BM33" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN33" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO33" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -9561,54 +9561,54 @@
         </is>
       </c>
       <c r="AW34" t="n">
         <v>0</v>
       </c>
       <c r="AX34" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY34" t="inlineStr"/>
       <c r="AZ34" t="inlineStr"/>
       <c r="BA34" t="n">
         <v>14963</v>
       </c>
       <c r="BB34" t="n">
         <v>21</v>
       </c>
       <c r="BC34" t="n">
         <v>0.17</v>
       </c>
       <c r="BD34" t="n">
         <v>0.04</v>
       </c>
       <c r="BE34" t="n">
-        <v>0.08656146210936655</v>
+        <v>0.08656146210936545</v>
       </c>
       <c r="BF34" t="n">
-        <v>0.2534385378906335</v>
+        <v>0.2534385378906346</v>
       </c>
       <c r="BG34" t="inlineStr"/>
       <c r="BH34" t="inlineStr"/>
       <c r="BI34" t="inlineStr"/>
       <c r="BJ34" t="inlineStr"/>
       <c r="BK34" t="inlineStr"/>
       <c r="BL34" t="b">
         <v>0</v>
       </c>
       <c r="BM34" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN34" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO34" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP34" t="inlineStr">
@@ -9826,54 +9826,54 @@
         </is>
       </c>
       <c r="AW35" t="n">
         <v>1</v>
       </c>
       <c r="AX35" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY35" t="inlineStr"/>
       <c r="AZ35" t="inlineStr"/>
       <c r="BA35" t="n">
         <v>14964</v>
       </c>
       <c r="BB35" t="n">
         <v>21</v>
       </c>
       <c r="BC35" t="n">
         <v>0.23</v>
       </c>
       <c r="BD35" t="n">
         <v>0.03</v>
       </c>
       <c r="BE35" t="n">
-        <v>0.1674210965820249</v>
+        <v>0.1674210965820241</v>
       </c>
       <c r="BF35" t="n">
-        <v>0.2925789034179751</v>
+        <v>0.2925789034179759</v>
       </c>
       <c r="BG35" t="inlineStr"/>
       <c r="BH35" t="inlineStr"/>
       <c r="BI35" t="inlineStr"/>
       <c r="BJ35" t="inlineStr"/>
       <c r="BK35" t="inlineStr"/>
       <c r="BL35" t="b">
         <v>0</v>
       </c>
       <c r="BM35" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN35" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO35" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP35" t="inlineStr">
@@ -11703,54 +11703,54 @@
         </is>
       </c>
       <c r="AW42" t="n">
         <v>0</v>
       </c>
       <c r="AX42" t="inlineStr">
         <is>
           <t>controls (office workers and students)</t>
         </is>
       </c>
       <c r="AY42" t="inlineStr"/>
       <c r="AZ42" t="inlineStr"/>
       <c r="BA42" t="n">
         <v>11003</v>
       </c>
       <c r="BB42" t="n">
         <v>20</v>
       </c>
       <c r="BC42" t="n">
         <v>9.779999999999999</v>
       </c>
       <c r="BD42" t="n">
         <v>0.91</v>
       </c>
       <c r="BE42" t="n">
-        <v>9.354106890157881</v>
+        <v>9.354106890157873</v>
       </c>
       <c r="BF42" t="n">
-        <v>10.20589310984212</v>
+        <v>10.20589310984213</v>
       </c>
       <c r="BG42" t="inlineStr"/>
       <c r="BH42" t="inlineStr"/>
       <c r="BI42" t="inlineStr"/>
       <c r="BJ42" t="inlineStr"/>
       <c r="BK42" t="inlineStr"/>
       <c r="BL42" t="b">
         <v>0</v>
       </c>
       <c r="BM42" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN42" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BO42" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BP42" t="inlineStr">
@@ -12239,54 +12239,54 @@
         </is>
       </c>
       <c r="AW44" t="n">
         <v>0</v>
       </c>
       <c r="AX44" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY44" t="inlineStr"/>
       <c r="AZ44" t="inlineStr"/>
       <c r="BA44" t="n">
         <v>14965</v>
       </c>
       <c r="BB44" t="n">
         <v>21</v>
       </c>
       <c r="BC44" t="n">
         <v>0.7</v>
       </c>
       <c r="BD44" t="n">
         <v>0.01</v>
       </c>
       <c r="BE44" t="n">
-        <v>0.6791403655273416</v>
+        <v>0.6791403655273414</v>
       </c>
       <c r="BF44" t="n">
-        <v>0.7208596344726583</v>
+        <v>0.7208596344726586</v>
       </c>
       <c r="BG44" t="inlineStr"/>
       <c r="BH44" t="inlineStr"/>
       <c r="BI44" t="inlineStr"/>
       <c r="BJ44" t="inlineStr"/>
       <c r="BK44" t="inlineStr"/>
       <c r="BL44" t="b">
         <v>0</v>
       </c>
       <c r="BM44" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN44" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO44" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP44" t="inlineStr">
@@ -12504,54 +12504,54 @@
         </is>
       </c>
       <c r="AW45" t="n">
         <v>1</v>
       </c>
       <c r="AX45" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY45" t="inlineStr"/>
       <c r="AZ45" t="inlineStr"/>
       <c r="BA45" t="n">
         <v>14966</v>
       </c>
       <c r="BB45" t="n">
         <v>21</v>
       </c>
       <c r="BC45" t="n">
         <v>1.3</v>
       </c>
       <c r="BD45" t="n">
         <v>0.06</v>
       </c>
       <c r="BE45" t="n">
-        <v>1.17484219316405</v>
+        <v>1.174842193164048</v>
       </c>
       <c r="BF45" t="n">
-        <v>1.42515780683595</v>
+        <v>1.425157806835952</v>
       </c>
       <c r="BG45" t="inlineStr"/>
       <c r="BH45" t="inlineStr"/>
       <c r="BI45" t="inlineStr"/>
       <c r="BJ45" t="inlineStr"/>
       <c r="BK45" t="n">
         <v>0.01</v>
       </c>
       <c r="BL45" t="b">
         <v>0</v>
       </c>
       <c r="BM45" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN45" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO45" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>