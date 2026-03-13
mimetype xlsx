--- v0 (2025-12-14)
+++ v1 (2026-03-13)
@@ -7000,54 +7000,54 @@
         </is>
       </c>
       <c r="AW27" t="n">
         <v>1</v>
       </c>
       <c r="AX27" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY27" t="inlineStr"/>
       <c r="AZ27" t="inlineStr"/>
       <c r="BA27" t="n">
         <v>6063</v>
       </c>
       <c r="BB27" t="n">
         <v>121</v>
       </c>
       <c r="BC27" t="n">
         <v>0.764</v>
       </c>
       <c r="BD27" t="n">
         <v>0.121</v>
       </c>
       <c r="BE27" t="n">
-        <v>0.7422207655444195</v>
+        <v>0.7422207655440932</v>
       </c>
       <c r="BF27" t="n">
-        <v>0.7857792344555805</v>
+        <v>0.7857792344559068</v>
       </c>
       <c r="BG27" t="inlineStr"/>
       <c r="BH27" t="inlineStr"/>
       <c r="BI27" t="inlineStr"/>
       <c r="BJ27" t="inlineStr"/>
       <c r="BK27" t="n">
         <v>0.02</v>
       </c>
       <c r="BL27" t="b">
         <v>0</v>
       </c>
       <c r="BM27" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN27" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO27" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -7524,54 +7524,54 @@
         </is>
       </c>
       <c r="AW29" t="n">
         <v>1</v>
       </c>
       <c r="AX29" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY29" t="inlineStr"/>
       <c r="AZ29" t="inlineStr"/>
       <c r="BA29" t="n">
         <v>6065</v>
       </c>
       <c r="BB29" t="n">
         <v>121</v>
       </c>
       <c r="BC29" t="n">
         <v>0.312</v>
       </c>
       <c r="BD29" t="n">
         <v>0.253</v>
       </c>
       <c r="BE29" t="n">
-        <v>0.2664616006837862</v>
+        <v>0.2664616006831039</v>
       </c>
       <c r="BF29" t="n">
-        <v>0.3575383993162138</v>
+        <v>0.3575383993168961</v>
       </c>
       <c r="BG29" t="inlineStr"/>
       <c r="BH29" t="inlineStr"/>
       <c r="BI29" t="inlineStr"/>
       <c r="BJ29" t="inlineStr"/>
       <c r="BK29" t="n">
         <v>0.239</v>
       </c>
       <c r="BL29" t="b">
         <v>0</v>
       </c>
       <c r="BM29" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN29" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO29" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -7790,51 +7790,51 @@
         <v>0</v>
       </c>
       <c r="AX30" t="inlineStr">
         <is>
           <t>controls (general population)</t>
         </is>
       </c>
       <c r="AY30" t="inlineStr"/>
       <c r="AZ30" t="inlineStr"/>
       <c r="BA30" t="n">
         <v>6011</v>
       </c>
       <c r="BB30" t="n">
         <v>60</v>
       </c>
       <c r="BC30" t="n">
         <v>1.86</v>
       </c>
       <c r="BD30" t="n">
         <v>0.62</v>
       </c>
       <c r="BE30" t="n">
         <v>1.699837016646407</v>
       </c>
       <c r="BF30" t="n">
-        <v>2.020162983353594</v>
+        <v>2.020162983353593</v>
       </c>
       <c r="BG30" t="inlineStr"/>
       <c r="BH30" t="inlineStr"/>
       <c r="BI30" t="inlineStr"/>
       <c r="BJ30" t="inlineStr"/>
       <c r="BK30" t="inlineStr"/>
       <c r="BL30" t="b">
         <v>0</v>
       </c>
       <c r="BM30" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN30" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO30" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP30" t="inlineStr">
@@ -8835,51 +8835,51 @@
         </is>
       </c>
       <c r="AW34" t="n">
         <v>0</v>
       </c>
       <c r="AX34" t="inlineStr">
         <is>
           <t>controls (general population)</t>
         </is>
       </c>
       <c r="AY34" t="inlineStr"/>
       <c r="AZ34" t="inlineStr"/>
       <c r="BA34" t="n">
         <v>6015</v>
       </c>
       <c r="BB34" t="n">
         <v>60</v>
       </c>
       <c r="BC34" t="n">
         <v>6.21</v>
       </c>
       <c r="BD34" t="n">
         <v>0.92</v>
       </c>
       <c r="BE34" t="n">
-        <v>5.972338798894667</v>
+        <v>5.972338798894668</v>
       </c>
       <c r="BF34" t="n">
         <v>6.447661201105332</v>
       </c>
       <c r="BG34" t="inlineStr"/>
       <c r="BH34" t="inlineStr"/>
       <c r="BI34" t="inlineStr"/>
       <c r="BJ34" t="inlineStr"/>
       <c r="BK34" t="inlineStr"/>
       <c r="BL34" t="b">
         <v>0</v>
       </c>
       <c r="BM34" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN34" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO34" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -9096,51 +9096,51 @@
         </is>
       </c>
       <c r="AW35" t="n">
         <v>1</v>
       </c>
       <c r="AX35" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY35" t="inlineStr"/>
       <c r="AZ35" t="inlineStr"/>
       <c r="BA35" t="n">
         <v>6016</v>
       </c>
       <c r="BB35" t="n">
         <v>60</v>
       </c>
       <c r="BC35" t="n">
         <v>13.66</v>
       </c>
       <c r="BD35" t="n">
         <v>2.37</v>
       </c>
       <c r="BE35" t="n">
-        <v>13.04776407976126</v>
+        <v>13.04776407976127</v>
       </c>
       <c r="BF35" t="n">
         <v>14.27223592023874</v>
       </c>
       <c r="BG35" t="inlineStr"/>
       <c r="BH35" t="inlineStr"/>
       <c r="BI35" t="inlineStr"/>
       <c r="BJ35" t="inlineStr"/>
       <c r="BK35" t="n">
         <v>0.05</v>
       </c>
       <c r="BL35" t="b">
         <v>0</v>
       </c>
       <c r="BM35" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN35" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO35" t="inlineStr">
@@ -10395,54 +10395,54 @@
         </is>
       </c>
       <c r="AW40" t="n">
         <v>0</v>
       </c>
       <c r="AX40" t="inlineStr">
         <is>
           <t>controls (school nurses)</t>
         </is>
       </c>
       <c r="AY40" t="inlineStr"/>
       <c r="AZ40" t="inlineStr"/>
       <c r="BA40" t="n">
         <v>5997</v>
       </c>
       <c r="BB40" t="n">
         <v>22</v>
       </c>
       <c r="BC40" t="n">
         <v>3.09</v>
       </c>
       <c r="BD40" t="n">
         <v>0.37</v>
       </c>
       <c r="BE40" t="n">
-        <v>2.320542877450765</v>
+        <v>2.320542877450758</v>
       </c>
       <c r="BF40" t="n">
-        <v>3.859457122549235</v>
+        <v>3.859457122549241</v>
       </c>
       <c r="BG40" t="inlineStr"/>
       <c r="BH40" t="inlineStr"/>
       <c r="BI40" t="inlineStr"/>
       <c r="BJ40" t="inlineStr"/>
       <c r="BK40" t="inlineStr"/>
       <c r="BL40" t="b">
         <v>0</v>
       </c>
       <c r="BM40" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN40" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO40" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP40" t="inlineStr">
@@ -11445,54 +11445,54 @@
         </is>
       </c>
       <c r="AW44" t="n">
         <v>0</v>
       </c>
       <c r="AX44" t="inlineStr">
         <is>
           <t>controls (office workers and students)</t>
         </is>
       </c>
       <c r="AY44" t="inlineStr"/>
       <c r="AZ44" t="inlineStr"/>
       <c r="BA44" t="n">
         <v>5991</v>
       </c>
       <c r="BB44" t="n">
         <v>20</v>
       </c>
       <c r="BC44" t="n">
         <v>76.01000000000001</v>
       </c>
       <c r="BD44" t="n">
         <v>3.7</v>
       </c>
       <c r="BE44" t="n">
-        <v>74.27834669624635</v>
+        <v>74.2783466962463</v>
       </c>
       <c r="BF44" t="n">
-        <v>77.74165330375367</v>
+        <v>77.74165330375371</v>
       </c>
       <c r="BG44" t="inlineStr"/>
       <c r="BH44" t="inlineStr"/>
       <c r="BI44" t="inlineStr"/>
       <c r="BJ44" t="inlineStr"/>
       <c r="BK44" t="inlineStr"/>
       <c r="BL44" t="b">
         <v>0</v>
       </c>
       <c r="BM44" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN44" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BO44" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BP44" t="inlineStr">
@@ -11985,54 +11985,54 @@
         </is>
       </c>
       <c r="AW46" t="n">
         <v>0</v>
       </c>
       <c r="AX46" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY46" t="inlineStr"/>
       <c r="AZ46" t="inlineStr"/>
       <c r="BA46" t="n">
         <v>5977</v>
       </c>
       <c r="BB46" t="n">
         <v>15</v>
       </c>
       <c r="BC46" t="n">
         <v>3.73</v>
       </c>
       <c r="BD46" t="n">
         <v>0.8</v>
       </c>
       <c r="BE46" t="n">
-        <v>2.014170649666458</v>
+        <v>2.014170649665757</v>
       </c>
       <c r="BF46" t="n">
-        <v>5.445829350333542</v>
+        <v>5.445829350334243</v>
       </c>
       <c r="BG46" t="inlineStr"/>
       <c r="BH46" t="inlineStr"/>
       <c r="BI46" t="inlineStr"/>
       <c r="BJ46" t="inlineStr"/>
       <c r="BK46" t="inlineStr"/>
       <c r="BL46" t="b">
         <v>0</v>
       </c>
       <c r="BM46" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN46" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO46" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP46" t="inlineStr">
@@ -12246,54 +12246,54 @@
         </is>
       </c>
       <c r="AW47" t="n">
         <v>1</v>
       </c>
       <c r="AX47" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY47" t="inlineStr"/>
       <c r="AZ47" t="inlineStr"/>
       <c r="BA47" t="n">
         <v>5978</v>
       </c>
       <c r="BB47" t="n">
         <v>15</v>
       </c>
       <c r="BC47" t="n">
         <v>17.8</v>
       </c>
       <c r="BD47" t="n">
         <v>1.88</v>
       </c>
       <c r="BE47" t="n">
-        <v>13.76780102671618</v>
+        <v>13.76780102671453</v>
       </c>
       <c r="BF47" t="n">
-        <v>21.83219897328382</v>
+        <v>21.83219897328547</v>
       </c>
       <c r="BG47" t="inlineStr"/>
       <c r="BH47" t="inlineStr"/>
       <c r="BI47" t="inlineStr"/>
       <c r="BJ47" t="inlineStr"/>
       <c r="BK47" t="n">
         <v>0.01</v>
       </c>
       <c r="BL47" t="b">
         <v>0</v>
       </c>
       <c r="BM47" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN47" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO47" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -12509,54 +12509,54 @@
         </is>
       </c>
       <c r="AW48" t="n">
         <v>0</v>
       </c>
       <c r="AX48" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY48" t="inlineStr"/>
       <c r="AZ48" t="inlineStr"/>
       <c r="BA48" t="n">
         <v>5979</v>
       </c>
       <c r="BB48" t="n">
         <v>15</v>
       </c>
       <c r="BC48" t="n">
         <v>3.13</v>
       </c>
       <c r="BD48" t="n">
         <v>0.59</v>
       </c>
       <c r="BE48" t="n">
-        <v>1.864575854129013</v>
+        <v>1.864575854128496</v>
       </c>
       <c r="BF48" t="n">
-        <v>4.395424145870987</v>
+        <v>4.395424145871504</v>
       </c>
       <c r="BG48" t="inlineStr"/>
       <c r="BH48" t="inlineStr"/>
       <c r="BI48" t="inlineStr"/>
       <c r="BJ48" t="inlineStr"/>
       <c r="BK48" t="inlineStr"/>
       <c r="BL48" t="b">
         <v>0</v>
       </c>
       <c r="BM48" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN48" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO48" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP48" t="inlineStr">
@@ -12770,54 +12770,54 @@
         </is>
       </c>
       <c r="AW49" t="n">
         <v>1</v>
       </c>
       <c r="AX49" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY49" t="inlineStr"/>
       <c r="AZ49" t="inlineStr"/>
       <c r="BA49" t="n">
         <v>5980</v>
       </c>
       <c r="BB49" t="n">
         <v>15</v>
       </c>
       <c r="BC49" t="n">
         <v>13.67</v>
       </c>
       <c r="BD49" t="n">
         <v>1.56</v>
       </c>
       <c r="BE49" t="n">
-        <v>10.32413276684959</v>
+        <v>10.32413276684823</v>
       </c>
       <c r="BF49" t="n">
-        <v>17.01586723315041</v>
+        <v>17.01586723315177</v>
       </c>
       <c r="BG49" t="inlineStr"/>
       <c r="BH49" t="inlineStr"/>
       <c r="BI49" t="inlineStr"/>
       <c r="BJ49" t="inlineStr"/>
       <c r="BK49" t="n">
         <v>0.01</v>
       </c>
       <c r="BL49" t="b">
         <v>0</v>
       </c>
       <c r="BM49" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN49" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO49" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -13035,54 +13035,54 @@
         </is>
       </c>
       <c r="AW50" t="n">
         <v>0</v>
       </c>
       <c r="AX50" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY50" t="inlineStr"/>
       <c r="AZ50" t="inlineStr"/>
       <c r="BA50" t="n">
         <v>7216</v>
       </c>
       <c r="BB50" t="n">
         <v>15</v>
       </c>
       <c r="BC50" t="n">
         <v>0.17</v>
       </c>
       <c r="BD50" t="n">
         <v>0.15</v>
       </c>
       <c r="BE50" t="n">
-        <v>-0.1517180031875391</v>
+        <v>-0.1517180031876706</v>
       </c>
       <c r="BF50" t="n">
-        <v>0.4917180031875391</v>
+        <v>0.4917180031876706</v>
       </c>
       <c r="BG50" t="inlineStr"/>
       <c r="BH50" t="inlineStr"/>
       <c r="BI50" t="inlineStr"/>
       <c r="BJ50" t="inlineStr"/>
       <c r="BK50" t="inlineStr"/>
       <c r="BL50" t="b">
         <v>0</v>
       </c>
       <c r="BM50" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN50" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO50" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP50" t="inlineStr">
@@ -13304,54 +13304,54 @@
         </is>
       </c>
       <c r="AW51" t="n">
         <v>1</v>
       </c>
       <c r="AX51" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY51" t="inlineStr"/>
       <c r="AZ51" t="inlineStr"/>
       <c r="BA51" t="n">
         <v>7217</v>
       </c>
       <c r="BB51" t="n">
         <v>15</v>
       </c>
       <c r="BC51" t="n">
         <v>0.29</v>
       </c>
       <c r="BD51" t="n">
         <v>0.03</v>
       </c>
       <c r="BE51" t="n">
-        <v>0.2256563993624922</v>
+        <v>0.2256563993624659</v>
       </c>
       <c r="BF51" t="n">
-        <v>0.3543436006375078</v>
+        <v>0.3543436006375341</v>
       </c>
       <c r="BG51" t="inlineStr"/>
       <c r="BH51" t="inlineStr"/>
       <c r="BI51" t="inlineStr"/>
       <c r="BJ51" t="inlineStr"/>
       <c r="BK51" t="inlineStr"/>
       <c r="BL51" t="b">
         <v>0</v>
       </c>
       <c r="BM51" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN51" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO51" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP51" t="inlineStr">
@@ -13571,54 +13571,54 @@
         </is>
       </c>
       <c r="AW52" t="n">
         <v>0</v>
       </c>
       <c r="AX52" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY52" t="inlineStr"/>
       <c r="AZ52" t="inlineStr"/>
       <c r="BA52" t="n">
         <v>6210</v>
       </c>
       <c r="BB52" t="n">
         <v>15</v>
       </c>
       <c r="BC52" t="n">
         <v>0.71</v>
       </c>
       <c r="BD52" t="n">
         <v>0.01</v>
       </c>
       <c r="BE52" t="n">
-        <v>0.6885521331208307</v>
+        <v>0.688552133120822</v>
       </c>
       <c r="BF52" t="n">
-        <v>0.7314478668791692</v>
+        <v>0.731447866879178</v>
       </c>
       <c r="BG52" t="inlineStr"/>
       <c r="BH52" t="inlineStr"/>
       <c r="BI52" t="inlineStr"/>
       <c r="BJ52" t="inlineStr"/>
       <c r="BK52" t="inlineStr"/>
       <c r="BL52" t="b">
         <v>0</v>
       </c>
       <c r="BM52" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN52" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO52" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP52" t="inlineStr">
@@ -13838,54 +13838,54 @@
         </is>
       </c>
       <c r="AW53" t="n">
         <v>1</v>
       </c>
       <c r="AX53" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY53" t="inlineStr"/>
       <c r="AZ53" t="inlineStr"/>
       <c r="BA53" t="n">
         <v>6211</v>
       </c>
       <c r="BB53" t="n">
         <v>15</v>
       </c>
       <c r="BC53" t="n">
         <v>1.72</v>
       </c>
       <c r="BD53" t="n">
         <v>0.15</v>
       </c>
       <c r="BE53" t="n">
-        <v>1.398281996812461</v>
+        <v>1.398281996812329</v>
       </c>
       <c r="BF53" t="n">
-        <v>2.041718003187539</v>
+        <v>2.04171800318767</v>
       </c>
       <c r="BG53" t="inlineStr"/>
       <c r="BH53" t="inlineStr"/>
       <c r="BI53" t="inlineStr"/>
       <c r="BJ53" t="inlineStr"/>
       <c r="BK53" t="n">
         <v>0.01</v>
       </c>
       <c r="BL53" t="b">
         <v>0</v>
       </c>
       <c r="BM53" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN53" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO53" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -14107,54 +14107,54 @@
         </is>
       </c>
       <c r="AW54" t="n">
         <v>0</v>
       </c>
       <c r="AX54" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY54" t="inlineStr"/>
       <c r="AZ54" t="inlineStr"/>
       <c r="BA54" t="n">
         <v>5973</v>
       </c>
       <c r="BB54" t="n">
         <v>21</v>
       </c>
       <c r="BC54" t="n">
         <v>5.48</v>
       </c>
       <c r="BD54" t="n">
         <v>0.82</v>
       </c>
       <c r="BE54" t="n">
-        <v>3.769509973242015</v>
+        <v>3.769509973241992</v>
       </c>
       <c r="BF54" t="n">
-        <v>7.190490026757987</v>
+        <v>7.190490026758009</v>
       </c>
       <c r="BG54" t="inlineStr"/>
       <c r="BH54" t="inlineStr"/>
       <c r="BI54" t="inlineStr"/>
       <c r="BJ54" t="inlineStr"/>
       <c r="BK54" t="inlineStr"/>
       <c r="BL54" t="b">
         <v>0</v>
       </c>
       <c r="BM54" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN54" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO54" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP54" t="inlineStr">
@@ -14368,54 +14368,54 @@
         </is>
       </c>
       <c r="AW55" t="n">
         <v>1</v>
       </c>
       <c r="AX55" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY55" t="inlineStr"/>
       <c r="AZ55" t="inlineStr"/>
       <c r="BA55" t="n">
         <v>5974</v>
       </c>
       <c r="BB55" t="n">
         <v>21</v>
       </c>
       <c r="BC55" t="n">
         <v>10.1</v>
       </c>
       <c r="BD55" t="n">
         <v>0.95</v>
       </c>
       <c r="BE55" t="n">
-        <v>8.118334725097455</v>
+        <v>8.118334725097428</v>
       </c>
       <c r="BF55" t="n">
-        <v>12.08166527490254</v>
+        <v>12.08166527490257</v>
       </c>
       <c r="BG55" t="inlineStr"/>
       <c r="BH55" t="inlineStr"/>
       <c r="BI55" t="inlineStr"/>
       <c r="BJ55" t="inlineStr"/>
       <c r="BK55" t="n">
         <v>0.01</v>
       </c>
       <c r="BL55" t="b">
         <v>0</v>
       </c>
       <c r="BM55" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN55" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO55" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -14635,54 +14635,54 @@
         </is>
       </c>
       <c r="AW56" t="n">
         <v>0</v>
       </c>
       <c r="AX56" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY56" t="inlineStr"/>
       <c r="AZ56" t="inlineStr"/>
       <c r="BA56" t="n">
         <v>5975</v>
       </c>
       <c r="BB56" t="n">
         <v>21</v>
       </c>
       <c r="BC56" t="n">
         <v>4.38</v>
       </c>
       <c r="BD56" t="n">
         <v>0.58</v>
       </c>
       <c r="BE56" t="n">
-        <v>3.170141200585815</v>
+        <v>3.170141200585799</v>
       </c>
       <c r="BF56" t="n">
-        <v>5.589858799414185</v>
+        <v>5.589858799414201</v>
       </c>
       <c r="BG56" t="inlineStr"/>
       <c r="BH56" t="inlineStr"/>
       <c r="BI56" t="inlineStr"/>
       <c r="BJ56" t="inlineStr"/>
       <c r="BK56" t="inlineStr"/>
       <c r="BL56" t="b">
         <v>0</v>
       </c>
       <c r="BM56" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN56" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO56" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP56" t="inlineStr">
@@ -14900,54 +14900,54 @@
         </is>
       </c>
       <c r="AW57" t="n">
         <v>1</v>
       </c>
       <c r="AX57" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY57" t="inlineStr"/>
       <c r="AZ57" t="inlineStr"/>
       <c r="BA57" t="n">
         <v>5976</v>
       </c>
       <c r="BB57" t="n">
         <v>21</v>
       </c>
       <c r="BC57" t="n">
         <v>8.050000000000001</v>
       </c>
       <c r="BD57" t="n">
         <v>0.75</v>
       </c>
       <c r="BE57" t="n">
-        <v>6.485527414550623</v>
+        <v>6.485527414550603</v>
       </c>
       <c r="BF57" t="n">
-        <v>9.614472585449377</v>
+        <v>9.614472585449398</v>
       </c>
       <c r="BG57" t="inlineStr"/>
       <c r="BH57" t="inlineStr"/>
       <c r="BI57" t="inlineStr"/>
       <c r="BJ57" t="inlineStr"/>
       <c r="BK57" t="n">
         <v>0.01</v>
       </c>
       <c r="BL57" t="b">
         <v>0</v>
       </c>
       <c r="BM57" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN57" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO57" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -15161,54 +15161,54 @@
         </is>
       </c>
       <c r="AW58" t="n">
         <v>0</v>
       </c>
       <c r="AX58" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY58" t="inlineStr"/>
       <c r="AZ58" t="inlineStr"/>
       <c r="BA58" t="n">
         <v>14963</v>
       </c>
       <c r="BB58" t="n">
         <v>21</v>
       </c>
       <c r="BC58" t="n">
         <v>0.17</v>
       </c>
       <c r="BD58" t="n">
         <v>0.04</v>
       </c>
       <c r="BE58" t="n">
-        <v>0.08656146210936655</v>
+        <v>0.08656146210936545</v>
       </c>
       <c r="BF58" t="n">
-        <v>0.2534385378906335</v>
+        <v>0.2534385378906346</v>
       </c>
       <c r="BG58" t="inlineStr"/>
       <c r="BH58" t="inlineStr"/>
       <c r="BI58" t="inlineStr"/>
       <c r="BJ58" t="inlineStr"/>
       <c r="BK58" t="inlineStr"/>
       <c r="BL58" t="b">
         <v>0</v>
       </c>
       <c r="BM58" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN58" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO58" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP58" t="inlineStr">
@@ -15426,54 +15426,54 @@
         </is>
       </c>
       <c r="AW59" t="n">
         <v>1</v>
       </c>
       <c r="AX59" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY59" t="inlineStr"/>
       <c r="AZ59" t="inlineStr"/>
       <c r="BA59" t="n">
         <v>14964</v>
       </c>
       <c r="BB59" t="n">
         <v>21</v>
       </c>
       <c r="BC59" t="n">
         <v>0.23</v>
       </c>
       <c r="BD59" t="n">
         <v>0.03</v>
       </c>
       <c r="BE59" t="n">
-        <v>0.1674210965820249</v>
+        <v>0.1674210965820241</v>
       </c>
       <c r="BF59" t="n">
-        <v>0.2925789034179751</v>
+        <v>0.2925789034179759</v>
       </c>
       <c r="BG59" t="inlineStr"/>
       <c r="BH59" t="inlineStr"/>
       <c r="BI59" t="inlineStr"/>
       <c r="BJ59" t="inlineStr"/>
       <c r="BK59" t="inlineStr"/>
       <c r="BL59" t="b">
         <v>0</v>
       </c>
       <c r="BM59" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN59" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO59" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP59" t="inlineStr">
@@ -17301,54 +17301,54 @@
         </is>
       </c>
       <c r="AW66" t="n">
         <v>0</v>
       </c>
       <c r="AX66" t="inlineStr">
         <is>
           <t>controls (nursing students)</t>
         </is>
       </c>
       <c r="AY66" t="inlineStr"/>
       <c r="AZ66" t="inlineStr"/>
       <c r="BA66" t="n">
         <v>6208</v>
       </c>
       <c r="BB66" t="n">
         <v>16</v>
       </c>
       <c r="BC66" t="n">
         <v>26.78</v>
       </c>
       <c r="BD66" t="n">
         <v>6</v>
       </c>
       <c r="BE66" t="n">
-        <v>23.58282568166102</v>
+        <v>23.58282568166034</v>
       </c>
       <c r="BF66" t="n">
-        <v>29.97717431833899</v>
+        <v>29.97717431833966</v>
       </c>
       <c r="BG66" t="inlineStr"/>
       <c r="BH66" t="inlineStr"/>
       <c r="BI66" t="inlineStr"/>
       <c r="BJ66" t="inlineStr"/>
       <c r="BK66" t="inlineStr"/>
       <c r="BL66" t="b">
         <v>0</v>
       </c>
       <c r="BM66" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN66" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO66" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BP66" t="inlineStr">
@@ -17562,54 +17562,54 @@
         </is>
       </c>
       <c r="AW67" t="n">
         <v>1</v>
       </c>
       <c r="AX67" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY67" t="inlineStr"/>
       <c r="AZ67" t="inlineStr"/>
       <c r="BA67" t="n">
         <v>6209</v>
       </c>
       <c r="BB67" t="n">
         <v>16</v>
       </c>
       <c r="BC67" t="n">
         <v>46.27</v>
       </c>
       <c r="BD67" t="n">
         <v>13.29</v>
       </c>
       <c r="BE67" t="n">
-        <v>39.18825888487915</v>
+        <v>39.18825888487765</v>
       </c>
       <c r="BF67" t="n">
-        <v>53.35174111512085</v>
+        <v>53.35174111512236</v>
       </c>
       <c r="BG67" t="inlineStr"/>
       <c r="BH67" t="inlineStr"/>
       <c r="BI67" t="inlineStr"/>
       <c r="BJ67" t="inlineStr"/>
       <c r="BK67" t="n">
         <v>0.01</v>
       </c>
       <c r="BL67" t="b">
         <v>0</v>
       </c>
       <c r="BM67" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN67" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO67" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -17827,54 +17827,54 @@
         </is>
       </c>
       <c r="AW68" t="n">
         <v>0</v>
       </c>
       <c r="AX68" t="inlineStr">
         <is>
           <t>controls (office workers and students)</t>
         </is>
       </c>
       <c r="AY68" t="inlineStr"/>
       <c r="AZ68" t="inlineStr"/>
       <c r="BA68" t="n">
         <v>11003</v>
       </c>
       <c r="BB68" t="n">
         <v>20</v>
       </c>
       <c r="BC68" t="n">
         <v>9.779999999999999</v>
       </c>
       <c r="BD68" t="n">
         <v>0.91</v>
       </c>
       <c r="BE68" t="n">
-        <v>9.354106890157881</v>
+        <v>9.354106890157873</v>
       </c>
       <c r="BF68" t="n">
-        <v>10.20589310984212</v>
+        <v>10.20589310984213</v>
       </c>
       <c r="BG68" t="inlineStr"/>
       <c r="BH68" t="inlineStr"/>
       <c r="BI68" t="inlineStr"/>
       <c r="BJ68" t="inlineStr"/>
       <c r="BK68" t="inlineStr"/>
       <c r="BL68" t="b">
         <v>0</v>
       </c>
       <c r="BM68" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN68" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BO68" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BP68" t="inlineStr">
@@ -18877,54 +18877,54 @@
         </is>
       </c>
       <c r="AW72" t="n">
         <v>0</v>
       </c>
       <c r="AX72" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY72" t="inlineStr"/>
       <c r="AZ72" t="inlineStr"/>
       <c r="BA72" t="n">
         <v>14965</v>
       </c>
       <c r="BB72" t="n">
         <v>21</v>
       </c>
       <c r="BC72" t="n">
         <v>0.7</v>
       </c>
       <c r="BD72" t="n">
         <v>0.01</v>
       </c>
       <c r="BE72" t="n">
-        <v>0.6791403655273416</v>
+        <v>0.6791403655273414</v>
       </c>
       <c r="BF72" t="n">
-        <v>0.7208596344726583</v>
+        <v>0.7208596344726586</v>
       </c>
       <c r="BG72" t="inlineStr"/>
       <c r="BH72" t="inlineStr"/>
       <c r="BI72" t="inlineStr"/>
       <c r="BJ72" t="inlineStr"/>
       <c r="BK72" t="inlineStr"/>
       <c r="BL72" t="b">
         <v>0</v>
       </c>
       <c r="BM72" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN72" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO72" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP72" t="inlineStr">
@@ -19142,54 +19142,54 @@
         </is>
       </c>
       <c r="AW73" t="n">
         <v>1</v>
       </c>
       <c r="AX73" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY73" t="inlineStr"/>
       <c r="AZ73" t="inlineStr"/>
       <c r="BA73" t="n">
         <v>14966</v>
       </c>
       <c r="BB73" t="n">
         <v>21</v>
       </c>
       <c r="BC73" t="n">
         <v>1.3</v>
       </c>
       <c r="BD73" t="n">
         <v>0.06</v>
       </c>
       <c r="BE73" t="n">
-        <v>1.17484219316405</v>
+        <v>1.174842193164048</v>
       </c>
       <c r="BF73" t="n">
-        <v>1.42515780683595</v>
+        <v>1.425157806835952</v>
       </c>
       <c r="BG73" t="inlineStr"/>
       <c r="BH73" t="inlineStr"/>
       <c r="BI73" t="inlineStr"/>
       <c r="BJ73" t="inlineStr"/>
       <c r="BK73" t="n">
         <v>0.01</v>
       </c>
       <c r="BL73" t="b">
         <v>0</v>
       </c>
       <c r="BM73" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN73" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO73" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>