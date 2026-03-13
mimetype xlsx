--- v0 (2025-12-14)
+++ v1 (2026-03-13)
@@ -3502,51 +3502,51 @@
         </is>
       </c>
       <c r="AW11" t="n">
         <v>1</v>
       </c>
       <c r="AX11" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY11" t="inlineStr"/>
       <c r="AZ11" t="inlineStr"/>
       <c r="BA11" t="n">
         <v>5964</v>
       </c>
       <c r="BB11" t="n">
         <v>83</v>
       </c>
       <c r="BC11" t="n">
         <v>13.11</v>
       </c>
       <c r="BD11" t="n">
         <v>6.7</v>
       </c>
       <c r="BE11" t="n">
-        <v>11.64701426863737</v>
+        <v>11.64701426863738</v>
       </c>
       <c r="BF11" t="n">
         <v>14.57298573136262</v>
       </c>
       <c r="BG11" t="inlineStr"/>
       <c r="BH11" t="inlineStr"/>
       <c r="BI11" t="inlineStr"/>
       <c r="BJ11" t="inlineStr"/>
       <c r="BK11" t="n">
         <v>0.0001</v>
       </c>
       <c r="BL11" t="b">
         <v>0</v>
       </c>
       <c r="BM11" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN11" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO11" t="inlineStr">
@@ -4289,54 +4289,54 @@
         </is>
       </c>
       <c r="AW14" t="n">
         <v>0</v>
       </c>
       <c r="AX14" t="inlineStr">
         <is>
           <t>controls (school nurses)</t>
         </is>
       </c>
       <c r="AY14" t="inlineStr"/>
       <c r="AZ14" t="inlineStr"/>
       <c r="BA14" t="n">
         <v>5997</v>
       </c>
       <c r="BB14" t="n">
         <v>22</v>
       </c>
       <c r="BC14" t="n">
         <v>3.09</v>
       </c>
       <c r="BD14" t="n">
         <v>0.37</v>
       </c>
       <c r="BE14" t="n">
-        <v>2.320542877450765</v>
+        <v>2.320542877450758</v>
       </c>
       <c r="BF14" t="n">
-        <v>3.859457122549235</v>
+        <v>3.859457122549241</v>
       </c>
       <c r="BG14" t="inlineStr"/>
       <c r="BH14" t="inlineStr"/>
       <c r="BI14" t="inlineStr"/>
       <c r="BJ14" t="inlineStr"/>
       <c r="BK14" t="inlineStr"/>
       <c r="BL14" t="b">
         <v>0</v>
       </c>
       <c r="BM14" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN14" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO14" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP14" t="inlineStr">
@@ -5339,54 +5339,54 @@
         </is>
       </c>
       <c r="AW18" t="n">
         <v>0</v>
       </c>
       <c r="AX18" t="inlineStr">
         <is>
           <t>controls (office workers and students)</t>
         </is>
       </c>
       <c r="AY18" t="inlineStr"/>
       <c r="AZ18" t="inlineStr"/>
       <c r="BA18" t="n">
         <v>5991</v>
       </c>
       <c r="BB18" t="n">
         <v>20</v>
       </c>
       <c r="BC18" t="n">
         <v>76.01000000000001</v>
       </c>
       <c r="BD18" t="n">
         <v>3.7</v>
       </c>
       <c r="BE18" t="n">
-        <v>74.27834669624635</v>
+        <v>74.2783466962463</v>
       </c>
       <c r="BF18" t="n">
-        <v>77.74165330375367</v>
+        <v>77.74165330375371</v>
       </c>
       <c r="BG18" t="inlineStr"/>
       <c r="BH18" t="inlineStr"/>
       <c r="BI18" t="inlineStr"/>
       <c r="BJ18" t="inlineStr"/>
       <c r="BK18" t="inlineStr"/>
       <c r="BL18" t="b">
         <v>0</v>
       </c>
       <c r="BM18" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN18" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BO18" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BP18" t="inlineStr">
@@ -8511,54 +8511,54 @@
         </is>
       </c>
       <c r="AW30" t="n">
         <v>0</v>
       </c>
       <c r="AX30" t="inlineStr">
         <is>
           <t>controls (office workers and students)</t>
         </is>
       </c>
       <c r="AY30" t="inlineStr"/>
       <c r="AZ30" t="inlineStr"/>
       <c r="BA30" t="n">
         <v>11003</v>
       </c>
       <c r="BB30" t="n">
         <v>20</v>
       </c>
       <c r="BC30" t="n">
         <v>9.779999999999999</v>
       </c>
       <c r="BD30" t="n">
         <v>0.91</v>
       </c>
       <c r="BE30" t="n">
-        <v>9.354106890157881</v>
+        <v>9.354106890157873</v>
       </c>
       <c r="BF30" t="n">
-        <v>10.20589310984212</v>
+        <v>10.20589310984213</v>
       </c>
       <c r="BG30" t="inlineStr"/>
       <c r="BH30" t="inlineStr"/>
       <c r="BI30" t="inlineStr"/>
       <c r="BJ30" t="inlineStr"/>
       <c r="BK30" t="inlineStr"/>
       <c r="BL30" t="b">
         <v>0</v>
       </c>
       <c r="BM30" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN30" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BO30" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BP30" t="inlineStr">