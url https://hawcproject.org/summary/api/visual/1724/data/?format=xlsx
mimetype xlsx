--- v0 (2025-12-14)
+++ v1 (2026-03-13)
@@ -1112,51 +1112,51 @@
         <v>0</v>
       </c>
       <c r="AX2" t="inlineStr">
         <is>
           <t>controls (nurses, physicians, secretaries, drivers)</t>
         </is>
       </c>
       <c r="AY2" t="inlineStr"/>
       <c r="AZ2" t="inlineStr"/>
       <c r="BA2" t="n">
         <v>5899</v>
       </c>
       <c r="BB2" t="n">
         <v>25</v>
       </c>
       <c r="BC2" t="n">
         <v>1.68</v>
       </c>
       <c r="BD2" t="n">
         <v>0.36</v>
       </c>
       <c r="BE2" t="n">
         <v>1.531399303562782</v>
       </c>
       <c r="BF2" t="n">
-        <v>1.828600696437217</v>
+        <v>1.828600696437218</v>
       </c>
       <c r="BG2" t="inlineStr"/>
       <c r="BH2" t="inlineStr"/>
       <c r="BI2" t="inlineStr"/>
       <c r="BJ2" t="inlineStr"/>
       <c r="BK2" t="inlineStr"/>
       <c r="BL2" t="b">
         <v>0</v>
       </c>
       <c r="BM2" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN2" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO2" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP2" t="inlineStr">
@@ -1644,54 +1644,54 @@
         </is>
       </c>
       <c r="AW4" t="n">
         <v>0</v>
       </c>
       <c r="AX4" t="inlineStr">
         <is>
           <t>controls (personnel from same institution)</t>
         </is>
       </c>
       <c r="AY4" t="inlineStr"/>
       <c r="AZ4" t="inlineStr"/>
       <c r="BA4" t="n">
         <v>13949</v>
       </c>
       <c r="BB4" t="n">
         <v>14</v>
       </c>
       <c r="BC4" t="n">
         <v>1.38</v>
       </c>
       <c r="BD4" t="n">
         <v>0.52</v>
       </c>
       <c r="BE4" t="n">
-        <v>0.2566082986402733</v>
+        <v>0.2566082986393483</v>
       </c>
       <c r="BF4" t="n">
-        <v>2.503391701359726</v>
+        <v>2.503391701360651</v>
       </c>
       <c r="BG4" t="inlineStr"/>
       <c r="BH4" t="inlineStr"/>
       <c r="BI4" t="inlineStr"/>
       <c r="BJ4" t="inlineStr"/>
       <c r="BK4" t="inlineStr"/>
       <c r="BL4" t="b">
         <v>0</v>
       </c>
       <c r="BM4" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN4" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO4" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP4" t="inlineStr">
@@ -1918,54 +1918,54 @@
         </is>
       </c>
       <c r="AW5" t="n">
         <v>1</v>
       </c>
       <c r="AX5" t="inlineStr">
         <is>
           <t>exposed (combined)</t>
         </is>
       </c>
       <c r="AY5" t="inlineStr"/>
       <c r="AZ5" t="inlineStr"/>
       <c r="BA5" t="n">
         <v>13950</v>
       </c>
       <c r="BB5" t="n">
         <v>14</v>
       </c>
       <c r="BC5" t="n">
         <v>5.78</v>
       </c>
       <c r="BD5" t="n">
         <v>1.86</v>
       </c>
       <c r="BE5" t="n">
-        <v>1.761714298982517</v>
+        <v>1.761714298979208</v>
       </c>
       <c r="BF5" t="n">
-        <v>9.798285701017484</v>
+        <v>9.798285701020792</v>
       </c>
       <c r="BG5" t="inlineStr"/>
       <c r="BH5" t="inlineStr"/>
       <c r="BI5" t="inlineStr"/>
       <c r="BJ5" t="inlineStr"/>
       <c r="BK5" t="n">
         <v>0.1483</v>
       </c>
       <c r="BL5" t="b">
         <v>0</v>
       </c>
       <c r="BM5" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN5" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO5" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -2194,54 +2194,54 @@
         </is>
       </c>
       <c r="AW6" t="n">
         <v>2</v>
       </c>
       <c r="AX6" t="inlineStr">
         <is>
           <t>exposed in ambulatory chemotherapy room</t>
         </is>
       </c>
       <c r="AY6" t="inlineStr"/>
       <c r="AZ6" t="inlineStr"/>
       <c r="BA6" t="n">
         <v>13951</v>
       </c>
       <c r="BB6" t="n">
         <v>4</v>
       </c>
       <c r="BC6" t="n">
         <v>8.109999999999999</v>
       </c>
       <c r="BD6" t="n">
         <v>2.51</v>
       </c>
       <c r="BE6" t="n">
-        <v>0.1220597737364999</v>
+        <v>0.1220597737378935</v>
       </c>
       <c r="BF6" t="n">
-        <v>16.0979402262635</v>
+        <v>16.0979402262621</v>
       </c>
       <c r="BG6" t="inlineStr"/>
       <c r="BH6" t="inlineStr"/>
       <c r="BI6" t="inlineStr"/>
       <c r="BJ6" t="inlineStr"/>
       <c r="BK6" t="inlineStr"/>
       <c r="BL6" t="b">
         <v>0</v>
       </c>
       <c r="BM6" t="inlineStr">
         <is>
           <t>inconclusive</t>
         </is>
       </c>
       <c r="BN6" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO6" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP6" t="inlineStr">
@@ -2468,54 +2468,54 @@
         </is>
       </c>
       <c r="AW7" t="n">
         <v>3</v>
       </c>
       <c r="AX7" t="inlineStr">
         <is>
           <t>exposed in cytostatic mix preparation unit</t>
         </is>
       </c>
       <c r="AY7" t="inlineStr"/>
       <c r="AZ7" t="inlineStr"/>
       <c r="BA7" t="n">
         <v>13952</v>
       </c>
       <c r="BB7" t="n">
         <v>10</v>
       </c>
       <c r="BC7" t="n">
         <v>1.6</v>
       </c>
       <c r="BD7" t="n">
         <v>1.36</v>
       </c>
       <c r="BE7" t="n">
-        <v>-1.476533741481575</v>
+        <v>-1.476533741405559</v>
       </c>
       <c r="BF7" t="n">
-        <v>4.676533741481576</v>
+        <v>4.676533741405558</v>
       </c>
       <c r="BG7" t="inlineStr"/>
       <c r="BH7" t="inlineStr"/>
       <c r="BI7" t="inlineStr"/>
       <c r="BJ7" t="inlineStr"/>
       <c r="BK7" t="inlineStr"/>
       <c r="BL7" t="b">
         <v>0</v>
       </c>
       <c r="BM7" t="inlineStr">
         <is>
           <t>inconclusive</t>
         </is>
       </c>
       <c r="BN7" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO7" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP7" t="inlineStr">