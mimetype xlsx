--- v0 (2025-12-14)
+++ v1 (2026-03-13)
@@ -6191,54 +6191,54 @@
         </is>
       </c>
       <c r="AW24" t="n">
         <v>0</v>
       </c>
       <c r="AX24" t="inlineStr">
         <is>
           <t>controls (hospital workers)</t>
         </is>
       </c>
       <c r="AY24" t="inlineStr"/>
       <c r="AZ24" t="inlineStr"/>
       <c r="BA24" t="n">
         <v>6017</v>
       </c>
       <c r="BB24" t="n">
         <v>20</v>
       </c>
       <c r="BC24" t="n">
         <v>6.21</v>
       </c>
       <c r="BD24" t="n">
         <v>2.78</v>
       </c>
       <c r="BE24" t="n">
-        <v>4.908919950152652</v>
+        <v>4.908919950152623</v>
       </c>
       <c r="BF24" t="n">
-        <v>7.511080049847348</v>
+        <v>7.511080049847377</v>
       </c>
       <c r="BG24" t="inlineStr"/>
       <c r="BH24" t="inlineStr"/>
       <c r="BI24" t="inlineStr"/>
       <c r="BJ24" t="inlineStr"/>
       <c r="BK24" t="inlineStr"/>
       <c r="BL24" t="b">
         <v>0</v>
       </c>
       <c r="BM24" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN24" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO24" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP24" t="inlineStr">
@@ -6462,54 +6462,54 @@
         </is>
       </c>
       <c r="AW25" t="n">
         <v>1</v>
       </c>
       <c r="AX25" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY25" t="inlineStr"/>
       <c r="AZ25" t="inlineStr"/>
       <c r="BA25" t="n">
         <v>6018</v>
       </c>
       <c r="BB25" t="n">
         <v>20</v>
       </c>
       <c r="BC25" t="n">
         <v>18.86</v>
       </c>
       <c r="BD25" t="n">
         <v>8.619999999999999</v>
       </c>
       <c r="BE25" t="n">
-        <v>14.82571581666038</v>
+        <v>14.82571581666029</v>
       </c>
       <c r="BF25" t="n">
-        <v>22.89428418333962</v>
+        <v>22.89428418333971</v>
       </c>
       <c r="BG25" t="inlineStr"/>
       <c r="BH25" t="inlineStr"/>
       <c r="BI25" t="inlineStr"/>
       <c r="BJ25" t="inlineStr"/>
       <c r="BK25" t="n">
         <v>0.001</v>
       </c>
       <c r="BL25" t="b">
         <v>0</v>
       </c>
       <c r="BM25" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN25" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO25" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -6731,54 +6731,54 @@
         </is>
       </c>
       <c r="AW26" t="n">
         <v>0</v>
       </c>
       <c r="AX26" t="inlineStr">
         <is>
           <t>controls (hospital workers)</t>
         </is>
       </c>
       <c r="AY26" t="inlineStr"/>
       <c r="AZ26" t="inlineStr"/>
       <c r="BA26" t="n">
         <v>6019</v>
       </c>
       <c r="BB26" t="n">
         <v>20</v>
       </c>
       <c r="BC26" t="n">
         <v>2.88</v>
       </c>
       <c r="BD26" t="n">
         <v>0.78</v>
       </c>
       <c r="BE26" t="n">
-        <v>2.51494876299247</v>
+        <v>2.514948762992463</v>
       </c>
       <c r="BF26" t="n">
-        <v>3.245051237007529</v>
+        <v>3.245051237007537</v>
       </c>
       <c r="BG26" t="inlineStr"/>
       <c r="BH26" t="inlineStr"/>
       <c r="BI26" t="inlineStr"/>
       <c r="BJ26" t="inlineStr"/>
       <c r="BK26" t="inlineStr"/>
       <c r="BL26" t="b">
         <v>0</v>
       </c>
       <c r="BM26" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN26" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO26" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP26" t="inlineStr">
@@ -6992,54 +6992,54 @@
         </is>
       </c>
       <c r="AW27" t="n">
         <v>1</v>
       </c>
       <c r="AX27" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY27" t="inlineStr"/>
       <c r="AZ27" t="inlineStr"/>
       <c r="BA27" t="n">
         <v>6020</v>
       </c>
       <c r="BB27" t="n">
         <v>20</v>
       </c>
       <c r="BC27" t="n">
         <v>4.94</v>
       </c>
       <c r="BD27" t="n">
         <v>1.95</v>
       </c>
       <c r="BE27" t="n">
-        <v>4.027371907481177</v>
+        <v>4.027371907481157</v>
       </c>
       <c r="BF27" t="n">
-        <v>5.852628092518824</v>
+        <v>5.852628092518843</v>
       </c>
       <c r="BG27" t="inlineStr"/>
       <c r="BH27" t="inlineStr"/>
       <c r="BI27" t="inlineStr"/>
       <c r="BJ27" t="inlineStr"/>
       <c r="BK27" t="n">
         <v>0.01</v>
       </c>
       <c r="BL27" t="b">
         <v>0</v>
       </c>
       <c r="BM27" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN27" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO27" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -7255,54 +7255,54 @@
         </is>
       </c>
       <c r="AW28" t="n">
         <v>0</v>
       </c>
       <c r="AX28" t="inlineStr">
         <is>
           <t>controls (nursing students)</t>
         </is>
       </c>
       <c r="AY28" t="inlineStr"/>
       <c r="AZ28" t="inlineStr"/>
       <c r="BA28" t="n">
         <v>6107</v>
       </c>
       <c r="BB28" t="n">
         <v>16</v>
       </c>
       <c r="BC28" t="n">
         <v>4.56</v>
       </c>
       <c r="BD28" t="n">
         <v>1.67</v>
       </c>
       <c r="BE28" t="n">
-        <v>3.670119814728982</v>
+        <v>3.670119814728793</v>
       </c>
       <c r="BF28" t="n">
-        <v>5.449880185271017</v>
+        <v>5.449880185271206</v>
       </c>
       <c r="BG28" t="inlineStr"/>
       <c r="BH28" t="inlineStr"/>
       <c r="BI28" t="inlineStr"/>
       <c r="BJ28" t="inlineStr"/>
       <c r="BK28" t="inlineStr"/>
       <c r="BL28" t="b">
         <v>0</v>
       </c>
       <c r="BM28" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN28" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO28" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BP28" t="inlineStr">
@@ -7516,54 +7516,54 @@
         </is>
       </c>
       <c r="AW29" t="n">
         <v>1</v>
       </c>
       <c r="AX29" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY29" t="inlineStr"/>
       <c r="AZ29" t="inlineStr"/>
       <c r="BA29" t="n">
         <v>6108</v>
       </c>
       <c r="BB29" t="n">
         <v>16</v>
       </c>
       <c r="BC29" t="n">
         <v>15.06</v>
       </c>
       <c r="BD29" t="n">
         <v>5.3</v>
       </c>
       <c r="BE29" t="n">
-        <v>12.2358293521339</v>
+        <v>12.2358293521333</v>
       </c>
       <c r="BF29" t="n">
-        <v>17.8841706478661</v>
+        <v>17.8841706478667</v>
       </c>
       <c r="BG29" t="inlineStr"/>
       <c r="BH29" t="inlineStr"/>
       <c r="BI29" t="inlineStr"/>
       <c r="BJ29" t="inlineStr"/>
       <c r="BK29" t="n">
         <v>0.01</v>
       </c>
       <c r="BL29" t="b">
         <v>0</v>
       </c>
       <c r="BM29" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN29" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO29" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -7779,54 +7779,54 @@
         </is>
       </c>
       <c r="AW30" t="n">
         <v>0</v>
       </c>
       <c r="AX30" t="inlineStr">
         <is>
           <t>controls (nursing students)</t>
         </is>
       </c>
       <c r="AY30" t="inlineStr"/>
       <c r="AZ30" t="inlineStr"/>
       <c r="BA30" t="n">
         <v>6109</v>
       </c>
       <c r="BB30" t="n">
         <v>16</v>
       </c>
       <c r="BC30" t="n">
         <v>1.25</v>
       </c>
       <c r="BD30" t="n">
         <v>0.93</v>
       </c>
       <c r="BE30" t="n">
-        <v>0.7544379806574574</v>
+        <v>0.754437980657352</v>
       </c>
       <c r="BF30" t="n">
-        <v>1.745562019342543</v>
+        <v>1.745562019342648</v>
       </c>
       <c r="BG30" t="inlineStr"/>
       <c r="BH30" t="inlineStr"/>
       <c r="BI30" t="inlineStr"/>
       <c r="BJ30" t="inlineStr"/>
       <c r="BK30" t="inlineStr"/>
       <c r="BL30" t="b">
         <v>0</v>
       </c>
       <c r="BM30" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN30" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO30" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BP30" t="inlineStr">
@@ -8046,54 +8046,54 @@
         </is>
       </c>
       <c r="AW31" t="n">
         <v>1</v>
       </c>
       <c r="AX31" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY31" t="inlineStr"/>
       <c r="AZ31" t="inlineStr"/>
       <c r="BA31" t="n">
         <v>6110</v>
       </c>
       <c r="BB31" t="n">
         <v>16</v>
       </c>
       <c r="BC31" t="n">
         <v>6.38</v>
       </c>
       <c r="BD31" t="n">
         <v>3.3</v>
       </c>
       <c r="BE31" t="n">
-        <v>4.621554124913558</v>
+        <v>4.621554124913185</v>
       </c>
       <c r="BF31" t="n">
-        <v>8.138445875086441</v>
+        <v>8.138445875086814</v>
       </c>
       <c r="BG31" t="inlineStr"/>
       <c r="BH31" t="inlineStr"/>
       <c r="BI31" t="inlineStr"/>
       <c r="BJ31" t="inlineStr"/>
       <c r="BK31" t="n">
         <v>0.01</v>
       </c>
       <c r="BL31" t="b">
         <v>0</v>
       </c>
       <c r="BM31" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN31" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO31" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -8319,54 +8319,54 @@
         </is>
       </c>
       <c r="AW32" t="n">
         <v>0</v>
       </c>
       <c r="AX32" t="inlineStr">
         <is>
           <t>controls (hospital workers)</t>
         </is>
       </c>
       <c r="AY32" t="inlineStr"/>
       <c r="AZ32" t="inlineStr"/>
       <c r="BA32" t="n">
         <v>5874</v>
       </c>
       <c r="BB32" t="n">
         <v>12</v>
       </c>
       <c r="BC32" t="n">
         <v>5.54</v>
       </c>
       <c r="BD32" t="n">
         <v>2.98</v>
       </c>
       <c r="BE32" t="n">
-        <v>3.64659833176217</v>
+        <v>3.646598331754694</v>
       </c>
       <c r="BF32" t="n">
-        <v>7.43340166823783</v>
+        <v>7.433401668245306</v>
       </c>
       <c r="BG32" t="inlineStr"/>
       <c r="BH32" t="inlineStr"/>
       <c r="BI32" t="inlineStr"/>
       <c r="BJ32" t="inlineStr"/>
       <c r="BK32" t="inlineStr"/>
       <c r="BL32" t="b">
         <v>0</v>
       </c>
       <c r="BM32" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN32" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO32" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP32" t="inlineStr">
@@ -8584,54 +8584,54 @@
         </is>
       </c>
       <c r="AW33" t="n">
         <v>1</v>
       </c>
       <c r="AX33" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY33" t="inlineStr"/>
       <c r="AZ33" t="inlineStr"/>
       <c r="BA33" t="n">
         <v>5875</v>
       </c>
       <c r="BB33" t="n">
         <v>12</v>
       </c>
       <c r="BC33" t="n">
         <v>6.75</v>
       </c>
       <c r="BD33" t="n">
         <v>3.025</v>
       </c>
       <c r="BE33" t="n">
-        <v>4.828006695832403</v>
+        <v>4.828006695824815</v>
       </c>
       <c r="BF33" t="n">
-        <v>8.671993304167597</v>
+        <v>8.671993304175185</v>
       </c>
       <c r="BG33" t="inlineStr"/>
       <c r="BH33" t="inlineStr"/>
       <c r="BI33" t="inlineStr"/>
       <c r="BJ33" t="inlineStr"/>
       <c r="BK33" t="n">
         <v>0.129</v>
       </c>
       <c r="BL33" t="b">
         <v>0</v>
       </c>
       <c r="BM33" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN33" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO33" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -8849,54 +8849,54 @@
         </is>
       </c>
       <c r="AW34" t="n">
         <v>0</v>
       </c>
       <c r="AX34" t="inlineStr">
         <is>
           <t>controls (hospital workers)</t>
         </is>
       </c>
       <c r="AY34" t="inlineStr"/>
       <c r="AZ34" t="inlineStr"/>
       <c r="BA34" t="n">
         <v>14971</v>
       </c>
       <c r="BB34" t="n">
         <v>21</v>
       </c>
       <c r="BC34" t="n">
         <v>8.08</v>
       </c>
       <c r="BD34" t="n">
         <v>5.16</v>
       </c>
       <c r="BE34" t="n">
-        <v>5.731196160329777</v>
+        <v>5.731196160329747</v>
       </c>
       <c r="BF34" t="n">
-        <v>10.42880383967022</v>
+        <v>10.42880383967025</v>
       </c>
       <c r="BG34" t="inlineStr"/>
       <c r="BH34" t="inlineStr"/>
       <c r="BI34" t="inlineStr"/>
       <c r="BJ34" t="inlineStr"/>
       <c r="BK34" t="inlineStr"/>
       <c r="BL34" t="b">
         <v>0</v>
       </c>
       <c r="BM34" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN34" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO34" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP34" t="inlineStr">
@@ -9118,54 +9118,54 @@
         </is>
       </c>
       <c r="AW35" t="n">
         <v>1</v>
       </c>
       <c r="AX35" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY35" t="inlineStr"/>
       <c r="AZ35" t="inlineStr"/>
       <c r="BA35" t="n">
         <v>14972</v>
       </c>
       <c r="BB35" t="n">
         <v>21</v>
       </c>
       <c r="BC35" t="n">
         <v>20.83</v>
       </c>
       <c r="BD35" t="n">
         <v>10.19</v>
       </c>
       <c r="BE35" t="n">
-        <v>16.19156761119388</v>
+        <v>16.19156761119382</v>
       </c>
       <c r="BF35" t="n">
-        <v>25.46843238880611</v>
+        <v>25.46843238880618</v>
       </c>
       <c r="BG35" t="inlineStr"/>
       <c r="BH35" t="inlineStr"/>
       <c r="BI35" t="inlineStr"/>
       <c r="BJ35" t="inlineStr"/>
       <c r="BK35" t="n">
         <v>0.0005999999999999999</v>
       </c>
       <c r="BL35" t="b">
         <v>0</v>
       </c>
       <c r="BM35" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN35" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO35" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -10431,54 +10431,54 @@
         </is>
       </c>
       <c r="AW40" t="n">
         <v>0</v>
       </c>
       <c r="AX40" t="inlineStr">
         <is>
           <t>controls (office workers, first sample)</t>
         </is>
       </c>
       <c r="AY40" t="inlineStr"/>
       <c r="AZ40" t="inlineStr"/>
       <c r="BA40" t="n">
         <v>6021</v>
       </c>
       <c r="BB40" t="n">
         <v>6</v>
       </c>
       <c r="BC40" t="n">
         <v>1</v>
       </c>
       <c r="BD40" t="n">
         <v>0.6</v>
       </c>
       <c r="BE40" t="n">
-        <v>-0.5423491013817885</v>
+        <v>-0.5423491013817887</v>
       </c>
       <c r="BF40" t="n">
-        <v>2.542349101381788</v>
+        <v>2.542349101381789</v>
       </c>
       <c r="BG40" t="inlineStr"/>
       <c r="BH40" t="inlineStr"/>
       <c r="BI40" t="inlineStr"/>
       <c r="BJ40" t="inlineStr"/>
       <c r="BK40" t="inlineStr"/>
       <c r="BL40" t="b">
         <v>0</v>
       </c>
       <c r="BM40" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN40" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO40" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP40" t="inlineStr">
@@ -10702,54 +10702,54 @@
         </is>
       </c>
       <c r="AW41" t="n">
         <v>1</v>
       </c>
       <c r="AX41" t="inlineStr">
         <is>
           <t>exposed (first sample)</t>
         </is>
       </c>
       <c r="AY41" t="inlineStr"/>
       <c r="AZ41" t="inlineStr"/>
       <c r="BA41" t="n">
         <v>6022</v>
       </c>
       <c r="BB41" t="n">
         <v>6</v>
       </c>
       <c r="BC41" t="n">
         <v>1.9</v>
       </c>
       <c r="BD41" t="n">
         <v>1.5</v>
       </c>
       <c r="BE41" t="n">
-        <v>-1.955872753454471</v>
+        <v>-1.955872753454472</v>
       </c>
       <c r="BF41" t="n">
-        <v>5.75587275345447</v>
+        <v>5.755872753454472</v>
       </c>
       <c r="BG41" t="inlineStr"/>
       <c r="BH41" t="inlineStr"/>
       <c r="BI41" t="inlineStr"/>
       <c r="BJ41" t="inlineStr"/>
       <c r="BK41" t="inlineStr"/>
       <c r="BL41" t="b">
         <v>0</v>
       </c>
       <c r="BM41" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN41" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO41" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP41" t="inlineStr">
@@ -10973,54 +10973,54 @@
         </is>
       </c>
       <c r="AW42" t="n">
         <v>0</v>
       </c>
       <c r="AX42" t="inlineStr">
         <is>
           <t>controls (office workers, after 1 year)</t>
         </is>
       </c>
       <c r="AY42" t="inlineStr"/>
       <c r="AZ42" t="inlineStr"/>
       <c r="BA42" t="n">
         <v>6025</v>
       </c>
       <c r="BB42" t="n">
         <v>6</v>
       </c>
       <c r="BC42" t="n">
         <v>2.2</v>
       </c>
       <c r="BD42" t="n">
         <v>1.3</v>
       </c>
       <c r="BE42" t="n">
-        <v>-1.141756386327208</v>
+        <v>-1.141756386327209</v>
       </c>
       <c r="BF42" t="n">
-        <v>5.541756386327209</v>
+        <v>5.54175638632721</v>
       </c>
       <c r="BG42" t="inlineStr"/>
       <c r="BH42" t="inlineStr"/>
       <c r="BI42" t="inlineStr"/>
       <c r="BJ42" t="inlineStr"/>
       <c r="BK42" t="inlineStr"/>
       <c r="BL42" t="b">
         <v>0</v>
       </c>
       <c r="BM42" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN42" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO42" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP42" t="inlineStr">
@@ -11244,54 +11244,54 @@
         </is>
       </c>
       <c r="AW43" t="n">
         <v>1</v>
       </c>
       <c r="AX43" t="inlineStr">
         <is>
           <t>exposed (after 1 year)</t>
         </is>
       </c>
       <c r="AY43" t="inlineStr"/>
       <c r="AZ43" t="inlineStr"/>
       <c r="BA43" t="n">
         <v>6026</v>
       </c>
       <c r="BB43" t="n">
         <v>6</v>
       </c>
       <c r="BC43" t="n">
         <v>1</v>
       </c>
       <c r="BD43" t="n">
         <v>0.8</v>
       </c>
       <c r="BE43" t="n">
-        <v>-1.056465468509051</v>
+        <v>-1.056465468509052</v>
       </c>
       <c r="BF43" t="n">
-        <v>3.056465468509051</v>
+        <v>3.056465468509052</v>
       </c>
       <c r="BG43" t="inlineStr"/>
       <c r="BH43" t="inlineStr"/>
       <c r="BI43" t="inlineStr"/>
       <c r="BJ43" t="inlineStr"/>
       <c r="BK43" t="inlineStr"/>
       <c r="BL43" t="b">
         <v>0</v>
       </c>
       <c r="BM43" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN43" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO43" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP43" t="inlineStr">
@@ -11786,51 +11786,51 @@
         </is>
       </c>
       <c r="AW45" t="n">
         <v>1</v>
       </c>
       <c r="AX45" t="inlineStr">
         <is>
           <t>exposed (first sample)</t>
         </is>
       </c>
       <c r="AY45" t="inlineStr"/>
       <c r="AZ45" t="inlineStr"/>
       <c r="BA45" t="n">
         <v>6024</v>
       </c>
       <c r="BB45" t="n">
         <v>6</v>
       </c>
       <c r="BC45" t="n">
         <v>3.1</v>
       </c>
       <c r="BD45" t="n">
         <v>1</v>
       </c>
       <c r="BE45" t="n">
-        <v>0.5294181643636859</v>
+        <v>0.5294181643636855</v>
       </c>
       <c r="BF45" t="n">
         <v>5.670581835636314</v>
       </c>
       <c r="BG45" t="inlineStr"/>
       <c r="BH45" t="inlineStr"/>
       <c r="BI45" t="inlineStr"/>
       <c r="BJ45" t="inlineStr"/>
       <c r="BK45" t="inlineStr"/>
       <c r="BL45" t="b">
         <v>0</v>
       </c>
       <c r="BM45" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN45" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO45" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -12057,54 +12057,54 @@
         </is>
       </c>
       <c r="AW46" t="n">
         <v>0</v>
       </c>
       <c r="AX46" t="inlineStr">
         <is>
           <t>controls (office workers, after 1 year)</t>
         </is>
       </c>
       <c r="AY46" t="inlineStr"/>
       <c r="AZ46" t="inlineStr"/>
       <c r="BA46" t="n">
         <v>6027</v>
       </c>
       <c r="BB46" t="n">
         <v>6</v>
       </c>
       <c r="BC46" t="n">
         <v>3.5</v>
       </c>
       <c r="BD46" t="n">
         <v>0.6</v>
       </c>
       <c r="BE46" t="n">
-        <v>1.957650898618212</v>
+        <v>1.957650898618211</v>
       </c>
       <c r="BF46" t="n">
-        <v>5.042349101381788</v>
+        <v>5.042349101381789</v>
       </c>
       <c r="BG46" t="inlineStr"/>
       <c r="BH46" t="inlineStr"/>
       <c r="BI46" t="inlineStr"/>
       <c r="BJ46" t="inlineStr"/>
       <c r="BK46" t="inlineStr"/>
       <c r="BL46" t="b">
         <v>0</v>
       </c>
       <c r="BM46" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN46" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO46" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP46" t="inlineStr">
@@ -12328,54 +12328,54 @@
         </is>
       </c>
       <c r="AW47" t="n">
         <v>1</v>
       </c>
       <c r="AX47" t="inlineStr">
         <is>
           <t>exposed (after 1 year)</t>
         </is>
       </c>
       <c r="AY47" t="inlineStr"/>
       <c r="AZ47" t="inlineStr"/>
       <c r="BA47" t="n">
         <v>6028</v>
       </c>
       <c r="BB47" t="n">
         <v>6</v>
       </c>
       <c r="BC47" t="n">
         <v>3.8</v>
       </c>
       <c r="BD47" t="n">
         <v>0.8</v>
       </c>
       <c r="BE47" t="n">
-        <v>1.743534531490949</v>
+        <v>1.743534531490948</v>
       </c>
       <c r="BF47" t="n">
-        <v>5.856465468509051</v>
+        <v>5.856465468509052</v>
       </c>
       <c r="BG47" t="inlineStr"/>
       <c r="BH47" t="inlineStr"/>
       <c r="BI47" t="inlineStr"/>
       <c r="BJ47" t="inlineStr"/>
       <c r="BK47" t="inlineStr"/>
       <c r="BL47" t="b">
         <v>0</v>
       </c>
       <c r="BM47" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN47" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO47" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP47" t="inlineStr">
@@ -12599,54 +12599,54 @@
         </is>
       </c>
       <c r="AW48" t="n">
         <v>0</v>
       </c>
       <c r="AX48" t="inlineStr">
         <is>
           <t>controls (nurses)</t>
         </is>
       </c>
       <c r="AY48" t="inlineStr"/>
       <c r="AZ48" t="inlineStr"/>
       <c r="BA48" t="n">
         <v>5913</v>
       </c>
       <c r="BB48" t="n">
         <v>20</v>
       </c>
       <c r="BC48" t="n">
         <v>5.42</v>
       </c>
       <c r="BD48" t="n">
         <v>2.22</v>
       </c>
       <c r="BE48" t="n">
-        <v>4.381008017747801</v>
+        <v>4.381008017747778</v>
       </c>
       <c r="BF48" t="n">
-        <v>6.458991982252199</v>
+        <v>6.458991982252222</v>
       </c>
       <c r="BG48" t="inlineStr"/>
       <c r="BH48" t="inlineStr"/>
       <c r="BI48" t="inlineStr"/>
       <c r="BJ48" t="inlineStr"/>
       <c r="BK48" t="inlineStr"/>
       <c r="BL48" t="b">
         <v>0</v>
       </c>
       <c r="BM48" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN48" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO48" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP48" t="inlineStr">
@@ -12864,54 +12864,54 @@
         </is>
       </c>
       <c r="AW49" t="n">
         <v>1</v>
       </c>
       <c r="AX49" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY49" t="inlineStr"/>
       <c r="AZ49" t="inlineStr"/>
       <c r="BA49" t="n">
         <v>5914</v>
       </c>
       <c r="BB49" t="n">
         <v>20</v>
       </c>
       <c r="BC49" t="n">
         <v>10.05</v>
       </c>
       <c r="BD49" t="n">
         <v>4.71</v>
       </c>
       <c r="BE49" t="n">
-        <v>7.845652145762227</v>
+        <v>7.84565214576218</v>
       </c>
       <c r="BF49" t="n">
-        <v>12.25434785423777</v>
+        <v>12.25434785423782</v>
       </c>
       <c r="BG49" t="inlineStr"/>
       <c r="BH49" t="inlineStr"/>
       <c r="BI49" t="inlineStr"/>
       <c r="BJ49" t="inlineStr"/>
       <c r="BK49" t="n">
         <v>0.001</v>
       </c>
       <c r="BL49" t="b">
         <v>0</v>
       </c>
       <c r="BM49" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN49" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO49" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -13647,54 +13647,54 @@
         </is>
       </c>
       <c r="AW52" t="n">
         <v>0</v>
       </c>
       <c r="AX52" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY52" t="inlineStr"/>
       <c r="AZ52" t="inlineStr"/>
       <c r="BA52" t="n">
         <v>5977</v>
       </c>
       <c r="BB52" t="n">
         <v>15</v>
       </c>
       <c r="BC52" t="n">
         <v>3.73</v>
       </c>
       <c r="BD52" t="n">
         <v>0.8</v>
       </c>
       <c r="BE52" t="n">
-        <v>2.014170649666458</v>
+        <v>2.014170649665757</v>
       </c>
       <c r="BF52" t="n">
-        <v>5.445829350333542</v>
+        <v>5.445829350334243</v>
       </c>
       <c r="BG52" t="inlineStr"/>
       <c r="BH52" t="inlineStr"/>
       <c r="BI52" t="inlineStr"/>
       <c r="BJ52" t="inlineStr"/>
       <c r="BK52" t="inlineStr"/>
       <c r="BL52" t="b">
         <v>0</v>
       </c>
       <c r="BM52" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN52" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO52" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP52" t="inlineStr">
@@ -13908,54 +13908,54 @@
         </is>
       </c>
       <c r="AW53" t="n">
         <v>1</v>
       </c>
       <c r="AX53" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY53" t="inlineStr"/>
       <c r="AZ53" t="inlineStr"/>
       <c r="BA53" t="n">
         <v>5978</v>
       </c>
       <c r="BB53" t="n">
         <v>15</v>
       </c>
       <c r="BC53" t="n">
         <v>17.8</v>
       </c>
       <c r="BD53" t="n">
         <v>1.88</v>
       </c>
       <c r="BE53" t="n">
-        <v>13.76780102671618</v>
+        <v>13.76780102671453</v>
       </c>
       <c r="BF53" t="n">
-        <v>21.83219897328382</v>
+        <v>21.83219897328547</v>
       </c>
       <c r="BG53" t="inlineStr"/>
       <c r="BH53" t="inlineStr"/>
       <c r="BI53" t="inlineStr"/>
       <c r="BJ53" t="inlineStr"/>
       <c r="BK53" t="n">
         <v>0.01</v>
       </c>
       <c r="BL53" t="b">
         <v>0</v>
       </c>
       <c r="BM53" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN53" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO53" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -14171,54 +14171,54 @@
         </is>
       </c>
       <c r="AW54" t="n">
         <v>0</v>
       </c>
       <c r="AX54" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY54" t="inlineStr"/>
       <c r="AZ54" t="inlineStr"/>
       <c r="BA54" t="n">
         <v>5979</v>
       </c>
       <c r="BB54" t="n">
         <v>15</v>
       </c>
       <c r="BC54" t="n">
         <v>3.13</v>
       </c>
       <c r="BD54" t="n">
         <v>0.59</v>
       </c>
       <c r="BE54" t="n">
-        <v>1.864575854129013</v>
+        <v>1.864575854128496</v>
       </c>
       <c r="BF54" t="n">
-        <v>4.395424145870987</v>
+        <v>4.395424145871504</v>
       </c>
       <c r="BG54" t="inlineStr"/>
       <c r="BH54" t="inlineStr"/>
       <c r="BI54" t="inlineStr"/>
       <c r="BJ54" t="inlineStr"/>
       <c r="BK54" t="inlineStr"/>
       <c r="BL54" t="b">
         <v>0</v>
       </c>
       <c r="BM54" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN54" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO54" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP54" t="inlineStr">
@@ -14432,54 +14432,54 @@
         </is>
       </c>
       <c r="AW55" t="n">
         <v>1</v>
       </c>
       <c r="AX55" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY55" t="inlineStr"/>
       <c r="AZ55" t="inlineStr"/>
       <c r="BA55" t="n">
         <v>5980</v>
       </c>
       <c r="BB55" t="n">
         <v>15</v>
       </c>
       <c r="BC55" t="n">
         <v>13.67</v>
       </c>
       <c r="BD55" t="n">
         <v>1.56</v>
       </c>
       <c r="BE55" t="n">
-        <v>10.32413276684959</v>
+        <v>10.32413276684823</v>
       </c>
       <c r="BF55" t="n">
-        <v>17.01586723315041</v>
+        <v>17.01586723315177</v>
       </c>
       <c r="BG55" t="inlineStr"/>
       <c r="BH55" t="inlineStr"/>
       <c r="BI55" t="inlineStr"/>
       <c r="BJ55" t="inlineStr"/>
       <c r="BK55" t="n">
         <v>0.01</v>
       </c>
       <c r="BL55" t="b">
         <v>0</v>
       </c>
       <c r="BM55" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN55" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO55" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -14697,54 +14697,54 @@
         </is>
       </c>
       <c r="AW56" t="n">
         <v>0</v>
       </c>
       <c r="AX56" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY56" t="inlineStr"/>
       <c r="AZ56" t="inlineStr"/>
       <c r="BA56" t="n">
         <v>7216</v>
       </c>
       <c r="BB56" t="n">
         <v>15</v>
       </c>
       <c r="BC56" t="n">
         <v>0.17</v>
       </c>
       <c r="BD56" t="n">
         <v>0.15</v>
       </c>
       <c r="BE56" t="n">
-        <v>-0.1517180031875391</v>
+        <v>-0.1517180031876706</v>
       </c>
       <c r="BF56" t="n">
-        <v>0.4917180031875391</v>
+        <v>0.4917180031876706</v>
       </c>
       <c r="BG56" t="inlineStr"/>
       <c r="BH56" t="inlineStr"/>
       <c r="BI56" t="inlineStr"/>
       <c r="BJ56" t="inlineStr"/>
       <c r="BK56" t="inlineStr"/>
       <c r="BL56" t="b">
         <v>0</v>
       </c>
       <c r="BM56" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN56" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO56" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP56" t="inlineStr">
@@ -14966,54 +14966,54 @@
         </is>
       </c>
       <c r="AW57" t="n">
         <v>1</v>
       </c>
       <c r="AX57" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY57" t="inlineStr"/>
       <c r="AZ57" t="inlineStr"/>
       <c r="BA57" t="n">
         <v>7217</v>
       </c>
       <c r="BB57" t="n">
         <v>15</v>
       </c>
       <c r="BC57" t="n">
         <v>0.29</v>
       </c>
       <c r="BD57" t="n">
         <v>0.03</v>
       </c>
       <c r="BE57" t="n">
-        <v>0.2256563993624922</v>
+        <v>0.2256563993624659</v>
       </c>
       <c r="BF57" t="n">
-        <v>0.3543436006375078</v>
+        <v>0.3543436006375341</v>
       </c>
       <c r="BG57" t="inlineStr"/>
       <c r="BH57" t="inlineStr"/>
       <c r="BI57" t="inlineStr"/>
       <c r="BJ57" t="inlineStr"/>
       <c r="BK57" t="inlineStr"/>
       <c r="BL57" t="b">
         <v>0</v>
       </c>
       <c r="BM57" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN57" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO57" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP57" t="inlineStr">
@@ -15233,54 +15233,54 @@
         </is>
       </c>
       <c r="AW58" t="n">
         <v>0</v>
       </c>
       <c r="AX58" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY58" t="inlineStr"/>
       <c r="AZ58" t="inlineStr"/>
       <c r="BA58" t="n">
         <v>6210</v>
       </c>
       <c r="BB58" t="n">
         <v>15</v>
       </c>
       <c r="BC58" t="n">
         <v>0.71</v>
       </c>
       <c r="BD58" t="n">
         <v>0.01</v>
       </c>
       <c r="BE58" t="n">
-        <v>0.6885521331208307</v>
+        <v>0.688552133120822</v>
       </c>
       <c r="BF58" t="n">
-        <v>0.7314478668791692</v>
+        <v>0.731447866879178</v>
       </c>
       <c r="BG58" t="inlineStr"/>
       <c r="BH58" t="inlineStr"/>
       <c r="BI58" t="inlineStr"/>
       <c r="BJ58" t="inlineStr"/>
       <c r="BK58" t="inlineStr"/>
       <c r="BL58" t="b">
         <v>0</v>
       </c>
       <c r="BM58" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN58" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO58" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP58" t="inlineStr">
@@ -15500,54 +15500,54 @@
         </is>
       </c>
       <c r="AW59" t="n">
         <v>1</v>
       </c>
       <c r="AX59" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY59" t="inlineStr"/>
       <c r="AZ59" t="inlineStr"/>
       <c r="BA59" t="n">
         <v>6211</v>
       </c>
       <c r="BB59" t="n">
         <v>15</v>
       </c>
       <c r="BC59" t="n">
         <v>1.72</v>
       </c>
       <c r="BD59" t="n">
         <v>0.15</v>
       </c>
       <c r="BE59" t="n">
-        <v>1.398281996812461</v>
+        <v>1.398281996812329</v>
       </c>
       <c r="BF59" t="n">
-        <v>2.041718003187539</v>
+        <v>2.04171800318767</v>
       </c>
       <c r="BG59" t="inlineStr"/>
       <c r="BH59" t="inlineStr"/>
       <c r="BI59" t="inlineStr"/>
       <c r="BJ59" t="inlineStr"/>
       <c r="BK59" t="n">
         <v>0.01</v>
       </c>
       <c r="BL59" t="b">
         <v>0</v>
       </c>
       <c r="BM59" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN59" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO59" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -15769,54 +15769,54 @@
         </is>
       </c>
       <c r="AW60" t="n">
         <v>0</v>
       </c>
       <c r="AX60" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY60" t="inlineStr"/>
       <c r="AZ60" t="inlineStr"/>
       <c r="BA60" t="n">
         <v>5973</v>
       </c>
       <c r="BB60" t="n">
         <v>21</v>
       </c>
       <c r="BC60" t="n">
         <v>5.48</v>
       </c>
       <c r="BD60" t="n">
         <v>0.82</v>
       </c>
       <c r="BE60" t="n">
-        <v>3.769509973242015</v>
+        <v>3.769509973241992</v>
       </c>
       <c r="BF60" t="n">
-        <v>7.190490026757987</v>
+        <v>7.190490026758009</v>
       </c>
       <c r="BG60" t="inlineStr"/>
       <c r="BH60" t="inlineStr"/>
       <c r="BI60" t="inlineStr"/>
       <c r="BJ60" t="inlineStr"/>
       <c r="BK60" t="inlineStr"/>
       <c r="BL60" t="b">
         <v>0</v>
       </c>
       <c r="BM60" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN60" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO60" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP60" t="inlineStr">
@@ -16030,54 +16030,54 @@
         </is>
       </c>
       <c r="AW61" t="n">
         <v>1</v>
       </c>
       <c r="AX61" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY61" t="inlineStr"/>
       <c r="AZ61" t="inlineStr"/>
       <c r="BA61" t="n">
         <v>5974</v>
       </c>
       <c r="BB61" t="n">
         <v>21</v>
       </c>
       <c r="BC61" t="n">
         <v>10.1</v>
       </c>
       <c r="BD61" t="n">
         <v>0.95</v>
       </c>
       <c r="BE61" t="n">
-        <v>8.118334725097455</v>
+        <v>8.118334725097428</v>
       </c>
       <c r="BF61" t="n">
-        <v>12.08166527490254</v>
+        <v>12.08166527490257</v>
       </c>
       <c r="BG61" t="inlineStr"/>
       <c r="BH61" t="inlineStr"/>
       <c r="BI61" t="inlineStr"/>
       <c r="BJ61" t="inlineStr"/>
       <c r="BK61" t="n">
         <v>0.01</v>
       </c>
       <c r="BL61" t="b">
         <v>0</v>
       </c>
       <c r="BM61" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN61" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO61" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -16297,54 +16297,54 @@
         </is>
       </c>
       <c r="AW62" t="n">
         <v>0</v>
       </c>
       <c r="AX62" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY62" t="inlineStr"/>
       <c r="AZ62" t="inlineStr"/>
       <c r="BA62" t="n">
         <v>5975</v>
       </c>
       <c r="BB62" t="n">
         <v>21</v>
       </c>
       <c r="BC62" t="n">
         <v>4.38</v>
       </c>
       <c r="BD62" t="n">
         <v>0.58</v>
       </c>
       <c r="BE62" t="n">
-        <v>3.170141200585815</v>
+        <v>3.170141200585799</v>
       </c>
       <c r="BF62" t="n">
-        <v>5.589858799414185</v>
+        <v>5.589858799414201</v>
       </c>
       <c r="BG62" t="inlineStr"/>
       <c r="BH62" t="inlineStr"/>
       <c r="BI62" t="inlineStr"/>
       <c r="BJ62" t="inlineStr"/>
       <c r="BK62" t="inlineStr"/>
       <c r="BL62" t="b">
         <v>0</v>
       </c>
       <c r="BM62" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN62" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO62" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP62" t="inlineStr">
@@ -16562,54 +16562,54 @@
         </is>
       </c>
       <c r="AW63" t="n">
         <v>1</v>
       </c>
       <c r="AX63" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY63" t="inlineStr"/>
       <c r="AZ63" t="inlineStr"/>
       <c r="BA63" t="n">
         <v>5976</v>
       </c>
       <c r="BB63" t="n">
         <v>21</v>
       </c>
       <c r="BC63" t="n">
         <v>8.050000000000001</v>
       </c>
       <c r="BD63" t="n">
         <v>0.75</v>
       </c>
       <c r="BE63" t="n">
-        <v>6.485527414550623</v>
+        <v>6.485527414550603</v>
       </c>
       <c r="BF63" t="n">
-        <v>9.614472585449377</v>
+        <v>9.614472585449398</v>
       </c>
       <c r="BG63" t="inlineStr"/>
       <c r="BH63" t="inlineStr"/>
       <c r="BI63" t="inlineStr"/>
       <c r="BJ63" t="inlineStr"/>
       <c r="BK63" t="n">
         <v>0.01</v>
       </c>
       <c r="BL63" t="b">
         <v>0</v>
       </c>
       <c r="BM63" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN63" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO63" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -16823,54 +16823,54 @@
         </is>
       </c>
       <c r="AW64" t="n">
         <v>0</v>
       </c>
       <c r="AX64" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY64" t="inlineStr"/>
       <c r="AZ64" t="inlineStr"/>
       <c r="BA64" t="n">
         <v>14963</v>
       </c>
       <c r="BB64" t="n">
         <v>21</v>
       </c>
       <c r="BC64" t="n">
         <v>0.17</v>
       </c>
       <c r="BD64" t="n">
         <v>0.04</v>
       </c>
       <c r="BE64" t="n">
-        <v>0.08656146210936655</v>
+        <v>0.08656146210936545</v>
       </c>
       <c r="BF64" t="n">
-        <v>0.2534385378906335</v>
+        <v>0.2534385378906346</v>
       </c>
       <c r="BG64" t="inlineStr"/>
       <c r="BH64" t="inlineStr"/>
       <c r="BI64" t="inlineStr"/>
       <c r="BJ64" t="inlineStr"/>
       <c r="BK64" t="inlineStr"/>
       <c r="BL64" t="b">
         <v>0</v>
       </c>
       <c r="BM64" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN64" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO64" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP64" t="inlineStr">
@@ -17088,54 +17088,54 @@
         </is>
       </c>
       <c r="AW65" t="n">
         <v>1</v>
       </c>
       <c r="AX65" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY65" t="inlineStr"/>
       <c r="AZ65" t="inlineStr"/>
       <c r="BA65" t="n">
         <v>14964</v>
       </c>
       <c r="BB65" t="n">
         <v>21</v>
       </c>
       <c r="BC65" t="n">
         <v>0.23</v>
       </c>
       <c r="BD65" t="n">
         <v>0.03</v>
       </c>
       <c r="BE65" t="n">
-        <v>0.1674210965820249</v>
+        <v>0.1674210965820241</v>
       </c>
       <c r="BF65" t="n">
-        <v>0.2925789034179751</v>
+        <v>0.2925789034179759</v>
       </c>
       <c r="BG65" t="inlineStr"/>
       <c r="BH65" t="inlineStr"/>
       <c r="BI65" t="inlineStr"/>
       <c r="BJ65" t="inlineStr"/>
       <c r="BK65" t="inlineStr"/>
       <c r="BL65" t="b">
         <v>0</v>
       </c>
       <c r="BM65" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN65" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO65" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP65" t="inlineStr">
@@ -17616,54 +17616,54 @@
         </is>
       </c>
       <c r="AW67" t="n">
         <v>1</v>
       </c>
       <c r="AX67" t="inlineStr">
         <is>
           <t>exposed (chemical process workers)</t>
         </is>
       </c>
       <c r="AY67" t="inlineStr"/>
       <c r="AZ67" t="inlineStr"/>
       <c r="BA67" t="n">
         <v>5908</v>
       </c>
       <c r="BB67" t="n">
         <v>7</v>
       </c>
       <c r="BC67" t="n">
         <v>13</v>
       </c>
       <c r="BD67" t="n">
         <v>5.2</v>
       </c>
       <c r="BE67" t="n">
-        <v>0.2760583740461602</v>
+        <v>0.2760583740461104</v>
       </c>
       <c r="BF67" t="n">
-        <v>25.72394162595384</v>
+        <v>25.72394162595389</v>
       </c>
       <c r="BG67" t="inlineStr"/>
       <c r="BH67" t="inlineStr"/>
       <c r="BI67" t="inlineStr"/>
       <c r="BJ67" t="inlineStr"/>
       <c r="BK67" t="inlineStr"/>
       <c r="BL67" t="b">
         <v>0</v>
       </c>
       <c r="BM67" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN67" t="inlineStr">
         <is>
           <t>{"sortValue": 12, "display": "Not reported"}</t>
         </is>
       </c>
       <c r="BO67" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BP67" t="inlineStr">
@@ -17877,54 +17877,54 @@
         </is>
       </c>
       <c r="AW68" t="n">
         <v>2</v>
       </c>
       <c r="AX68" t="inlineStr">
         <is>
           <t>exposed (manufacturing workers)</t>
         </is>
       </c>
       <c r="AY68" t="inlineStr"/>
       <c r="AZ68" t="inlineStr"/>
       <c r="BA68" t="n">
         <v>5909</v>
       </c>
       <c r="BB68" t="n">
         <v>12</v>
       </c>
       <c r="BC68" t="n">
         <v>17</v>
       </c>
       <c r="BD68" t="n">
         <v>2.8</v>
       </c>
       <c r="BE68" t="n">
-        <v>10.83724155176774</v>
+        <v>10.83724155174341</v>
       </c>
       <c r="BF68" t="n">
-        <v>23.16275844823226</v>
+        <v>23.16275844825659</v>
       </c>
       <c r="BG68" t="inlineStr"/>
       <c r="BH68" t="inlineStr"/>
       <c r="BI68" t="inlineStr"/>
       <c r="BJ68" t="inlineStr"/>
       <c r="BK68" t="inlineStr"/>
       <c r="BL68" t="b">
         <v>0</v>
       </c>
       <c r="BM68" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN68" t="inlineStr">
         <is>
           <t>{"sortValue": 12, "display": "Not reported"}</t>
         </is>
       </c>
       <c r="BO68" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BP68" t="inlineStr">
@@ -19425,54 +19425,54 @@
       <c r="AW74" t="n">
         <v>0</v>
       </c>
       <c r="AX74" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY74" t="n">
         <v>6.1</v>
       </c>
       <c r="AZ74" t="inlineStr"/>
       <c r="BA74" t="n">
         <v>6266</v>
       </c>
       <c r="BB74" t="n">
         <v>20</v>
       </c>
       <c r="BC74" t="n">
         <v>9.4</v>
       </c>
       <c r="BD74" t="n">
         <v>2.76</v>
       </c>
       <c r="BE74" t="n">
-        <v>8.108280238281051</v>
+        <v>8.108280238281022</v>
       </c>
       <c r="BF74" t="n">
-        <v>10.69171976171895</v>
+        <v>10.69171976171898</v>
       </c>
       <c r="BG74" t="inlineStr"/>
       <c r="BH74" t="inlineStr"/>
       <c r="BI74" t="inlineStr"/>
       <c r="BJ74" t="inlineStr"/>
       <c r="BK74" t="n">
         <v>0.001</v>
       </c>
       <c r="BL74" t="b">
         <v>0</v>
       </c>
       <c r="BM74" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN74" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="BO74" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -19690,54 +19690,54 @@
       <c r="AW75" t="n">
         <v>1</v>
       </c>
       <c r="AX75" t="inlineStr">
         <is>
           <t>controls (administrative staff)</t>
         </is>
       </c>
       <c r="AY75" t="n">
         <v>0</v>
       </c>
       <c r="AZ75" t="inlineStr"/>
       <c r="BA75" t="n">
         <v>6267</v>
       </c>
       <c r="BB75" t="n">
         <v>20</v>
       </c>
       <c r="BC75" t="n">
         <v>4.35</v>
       </c>
       <c r="BD75" t="n">
         <v>1.28</v>
       </c>
       <c r="BE75" t="n">
-        <v>3.750941559782516</v>
+        <v>3.750941559782503</v>
       </c>
       <c r="BF75" t="n">
-        <v>4.949058440217484</v>
+        <v>4.949058440217497</v>
       </c>
       <c r="BG75" t="inlineStr"/>
       <c r="BH75" t="inlineStr"/>
       <c r="BI75" t="inlineStr"/>
       <c r="BJ75" t="inlineStr"/>
       <c r="BK75" t="inlineStr"/>
       <c r="BL75" t="b">
         <v>0</v>
       </c>
       <c r="BM75" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN75" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="BO75" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="BP75" t="inlineStr">
@@ -19957,54 +19957,54 @@
       <c r="AW76" t="n">
         <v>0</v>
       </c>
       <c r="AX76" t="inlineStr">
         <is>
           <t>controls (blood donors)</t>
         </is>
       </c>
       <c r="AY76" t="n">
         <v>0</v>
       </c>
       <c r="AZ76" t="inlineStr"/>
       <c r="BA76" t="n">
         <v>6270</v>
       </c>
       <c r="BB76" t="n">
         <v>14</v>
       </c>
       <c r="BC76" t="n">
         <v>6.4</v>
       </c>
       <c r="BD76" t="n">
         <v>2.1</v>
       </c>
       <c r="BE76" t="n">
-        <v>5.187496098759664</v>
+        <v>5.187496098758666</v>
       </c>
       <c r="BF76" t="n">
-        <v>7.612503901240337</v>
+        <v>7.612503901241335</v>
       </c>
       <c r="BG76" t="inlineStr"/>
       <c r="BH76" t="inlineStr"/>
       <c r="BI76" t="inlineStr"/>
       <c r="BJ76" t="inlineStr"/>
       <c r="BK76" t="inlineStr"/>
       <c r="BL76" t="b">
         <v>0</v>
       </c>
       <c r="BM76" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN76" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO76" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP76" t="inlineStr">
@@ -20224,54 +20224,54 @@
       <c r="AW77" t="n">
         <v>1</v>
       </c>
       <c r="AX77" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY77" t="n">
         <v>9.25</v>
       </c>
       <c r="AZ77" t="inlineStr"/>
       <c r="BA77" t="n">
         <v>6271</v>
       </c>
       <c r="BB77" t="n">
         <v>14</v>
       </c>
       <c r="BC77" t="n">
         <v>12.4</v>
       </c>
       <c r="BD77" t="n">
         <v>6.4</v>
       </c>
       <c r="BE77" t="n">
-        <v>8.704750015267546</v>
+        <v>8.704750015264503</v>
       </c>
       <c r="BF77" t="n">
-        <v>16.09524998473245</v>
+        <v>16.0952499847355</v>
       </c>
       <c r="BG77" t="inlineStr"/>
       <c r="BH77" t="inlineStr"/>
       <c r="BI77" t="inlineStr"/>
       <c r="BJ77" t="inlineStr"/>
       <c r="BK77" t="n">
         <v>0.004</v>
       </c>
       <c r="BL77" t="b">
         <v>0</v>
       </c>
       <c r="BM77" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN77" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO77" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -21542,54 +21542,54 @@
         </is>
       </c>
       <c r="AW82" t="n">
         <v>0</v>
       </c>
       <c r="AX82" t="inlineStr">
         <is>
           <t>controls (personnel from same institution)</t>
         </is>
       </c>
       <c r="AY82" t="inlineStr"/>
       <c r="AZ82" t="inlineStr"/>
       <c r="BA82" t="n">
         <v>13949</v>
       </c>
       <c r="BB82" t="n">
         <v>14</v>
       </c>
       <c r="BC82" t="n">
         <v>1.38</v>
       </c>
       <c r="BD82" t="n">
         <v>0.52</v>
       </c>
       <c r="BE82" t="n">
-        <v>0.2566082986402733</v>
+        <v>0.2566082986393483</v>
       </c>
       <c r="BF82" t="n">
-        <v>2.503391701359726</v>
+        <v>2.503391701360651</v>
       </c>
       <c r="BG82" t="inlineStr"/>
       <c r="BH82" t="inlineStr"/>
       <c r="BI82" t="inlineStr"/>
       <c r="BJ82" t="inlineStr"/>
       <c r="BK82" t="inlineStr"/>
       <c r="BL82" t="b">
         <v>0</v>
       </c>
       <c r="BM82" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN82" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO82" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP82" t="inlineStr">
@@ -21816,54 +21816,54 @@
         </is>
       </c>
       <c r="AW83" t="n">
         <v>1</v>
       </c>
       <c r="AX83" t="inlineStr">
         <is>
           <t>exposed (combined)</t>
         </is>
       </c>
       <c r="AY83" t="inlineStr"/>
       <c r="AZ83" t="inlineStr"/>
       <c r="BA83" t="n">
         <v>13950</v>
       </c>
       <c r="BB83" t="n">
         <v>14</v>
       </c>
       <c r="BC83" t="n">
         <v>5.78</v>
       </c>
       <c r="BD83" t="n">
         <v>1.86</v>
       </c>
       <c r="BE83" t="n">
-        <v>1.761714298982517</v>
+        <v>1.761714298979208</v>
       </c>
       <c r="BF83" t="n">
-        <v>9.798285701017484</v>
+        <v>9.798285701020792</v>
       </c>
       <c r="BG83" t="inlineStr"/>
       <c r="BH83" t="inlineStr"/>
       <c r="BI83" t="inlineStr"/>
       <c r="BJ83" t="inlineStr"/>
       <c r="BK83" t="n">
         <v>0.1483</v>
       </c>
       <c r="BL83" t="b">
         <v>0</v>
       </c>
       <c r="BM83" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN83" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO83" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -22092,54 +22092,54 @@
         </is>
       </c>
       <c r="AW84" t="n">
         <v>2</v>
       </c>
       <c r="AX84" t="inlineStr">
         <is>
           <t>exposed in ambulatory chemotherapy room</t>
         </is>
       </c>
       <c r="AY84" t="inlineStr"/>
       <c r="AZ84" t="inlineStr"/>
       <c r="BA84" t="n">
         <v>13951</v>
       </c>
       <c r="BB84" t="n">
         <v>4</v>
       </c>
       <c r="BC84" t="n">
         <v>8.109999999999999</v>
       </c>
       <c r="BD84" t="n">
         <v>2.51</v>
       </c>
       <c r="BE84" t="n">
-        <v>0.1220597737364999</v>
+        <v>0.1220597737378935</v>
       </c>
       <c r="BF84" t="n">
-        <v>16.0979402262635</v>
+        <v>16.0979402262621</v>
       </c>
       <c r="BG84" t="inlineStr"/>
       <c r="BH84" t="inlineStr"/>
       <c r="BI84" t="inlineStr"/>
       <c r="BJ84" t="inlineStr"/>
       <c r="BK84" t="inlineStr"/>
       <c r="BL84" t="b">
         <v>0</v>
       </c>
       <c r="BM84" t="inlineStr">
         <is>
           <t>inconclusive</t>
         </is>
       </c>
       <c r="BN84" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO84" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP84" t="inlineStr">
@@ -22366,54 +22366,54 @@
         </is>
       </c>
       <c r="AW85" t="n">
         <v>3</v>
       </c>
       <c r="AX85" t="inlineStr">
         <is>
           <t>exposed in cytostatic mix preparation unit</t>
         </is>
       </c>
       <c r="AY85" t="inlineStr"/>
       <c r="AZ85" t="inlineStr"/>
       <c r="BA85" t="n">
         <v>13952</v>
       </c>
       <c r="BB85" t="n">
         <v>10</v>
       </c>
       <c r="BC85" t="n">
         <v>1.6</v>
       </c>
       <c r="BD85" t="n">
         <v>1.36</v>
       </c>
       <c r="BE85" t="n">
-        <v>-1.476533741481575</v>
+        <v>-1.476533741405559</v>
       </c>
       <c r="BF85" t="n">
-        <v>4.676533741481576</v>
+        <v>4.676533741405558</v>
       </c>
       <c r="BG85" t="inlineStr"/>
       <c r="BH85" t="inlineStr"/>
       <c r="BI85" t="inlineStr"/>
       <c r="BJ85" t="inlineStr"/>
       <c r="BK85" t="inlineStr"/>
       <c r="BL85" t="b">
         <v>0</v>
       </c>
       <c r="BM85" t="inlineStr">
         <is>
           <t>inconclusive</t>
         </is>
       </c>
       <c r="BN85" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO85" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP85" t="inlineStr">
@@ -22631,54 +22631,54 @@
         </is>
       </c>
       <c r="AW86" t="n">
         <v>0</v>
       </c>
       <c r="AX86" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY86" t="inlineStr"/>
       <c r="AZ86" t="inlineStr"/>
       <c r="BA86" t="n">
         <v>14965</v>
       </c>
       <c r="BB86" t="n">
         <v>21</v>
       </c>
       <c r="BC86" t="n">
         <v>0.7</v>
       </c>
       <c r="BD86" t="n">
         <v>0.01</v>
       </c>
       <c r="BE86" t="n">
-        <v>0.6791403655273416</v>
+        <v>0.6791403655273414</v>
       </c>
       <c r="BF86" t="n">
-        <v>0.7208596344726583</v>
+        <v>0.7208596344726586</v>
       </c>
       <c r="BG86" t="inlineStr"/>
       <c r="BH86" t="inlineStr"/>
       <c r="BI86" t="inlineStr"/>
       <c r="BJ86" t="inlineStr"/>
       <c r="BK86" t="inlineStr"/>
       <c r="BL86" t="b">
         <v>0</v>
       </c>
       <c r="BM86" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN86" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO86" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP86" t="inlineStr">
@@ -22896,54 +22896,54 @@
         </is>
       </c>
       <c r="AW87" t="n">
         <v>1</v>
       </c>
       <c r="AX87" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY87" t="inlineStr"/>
       <c r="AZ87" t="inlineStr"/>
       <c r="BA87" t="n">
         <v>14966</v>
       </c>
       <c r="BB87" t="n">
         <v>21</v>
       </c>
       <c r="BC87" t="n">
         <v>1.3</v>
       </c>
       <c r="BD87" t="n">
         <v>0.06</v>
       </c>
       <c r="BE87" t="n">
-        <v>1.17484219316405</v>
+        <v>1.174842193164048</v>
       </c>
       <c r="BF87" t="n">
-        <v>1.42515780683595</v>
+        <v>1.425157806835952</v>
       </c>
       <c r="BG87" t="inlineStr"/>
       <c r="BH87" t="inlineStr"/>
       <c r="BI87" t="inlineStr"/>
       <c r="BJ87" t="inlineStr"/>
       <c r="BK87" t="n">
         <v>0.01</v>
       </c>
       <c r="BL87" t="b">
         <v>0</v>
       </c>
       <c r="BM87" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN87" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO87" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>