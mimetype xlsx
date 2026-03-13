--- v0 (2025-12-14)
+++ v1 (2026-03-13)
@@ -2651,54 +2651,54 @@
         </is>
       </c>
       <c r="AW8" t="n">
         <v>2</v>
       </c>
       <c r="AX8" t="inlineStr">
         <is>
           <t>exposed (pharmacists only)</t>
         </is>
       </c>
       <c r="AY8" t="inlineStr"/>
       <c r="AZ8" t="inlineStr"/>
       <c r="BA8" t="n">
         <v>5971</v>
       </c>
       <c r="BB8" t="n">
         <v>18</v>
       </c>
       <c r="BC8" t="n">
         <v>2.3</v>
       </c>
       <c r="BD8" t="n">
         <v>1.41</v>
       </c>
       <c r="BE8" t="n">
-        <v>1.598823495994737</v>
+        <v>1.598823495994693</v>
       </c>
       <c r="BF8" t="n">
-        <v>3.001176504005262</v>
+        <v>3.001176504005307</v>
       </c>
       <c r="BG8" t="inlineStr"/>
       <c r="BH8" t="inlineStr"/>
       <c r="BI8" t="inlineStr"/>
       <c r="BJ8" t="inlineStr"/>
       <c r="BK8" t="inlineStr"/>
       <c r="BL8" t="b">
         <v>0</v>
       </c>
       <c r="BM8" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN8" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO8" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP8" t="inlineStr">
@@ -2912,54 +2912,54 @@
         </is>
       </c>
       <c r="AW9" t="n">
         <v>3</v>
       </c>
       <c r="AX9" t="inlineStr">
         <is>
           <t>exposed (nurses only)</t>
         </is>
       </c>
       <c r="AY9" t="inlineStr"/>
       <c r="AZ9" t="inlineStr"/>
       <c r="BA9" t="n">
         <v>5972</v>
       </c>
       <c r="BB9" t="n">
         <v>20</v>
       </c>
       <c r="BC9" t="n">
         <v>2.05</v>
       </c>
       <c r="BD9" t="n">
         <v>1.16</v>
       </c>
       <c r="BE9" t="n">
-        <v>1.507103288552905</v>
+        <v>1.507103288552893</v>
       </c>
       <c r="BF9" t="n">
-        <v>2.592896711447095</v>
+        <v>2.592896711447107</v>
       </c>
       <c r="BG9" t="inlineStr"/>
       <c r="BH9" t="inlineStr"/>
       <c r="BI9" t="inlineStr"/>
       <c r="BJ9" t="inlineStr"/>
       <c r="BK9" t="inlineStr"/>
       <c r="BL9" t="b">
         <v>0</v>
       </c>
       <c r="BM9" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN9" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO9" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP9" t="inlineStr">
@@ -3707,54 +3707,54 @@
         </is>
       </c>
       <c r="AW12" t="n">
         <v>2</v>
       </c>
       <c r="AX12" t="inlineStr">
         <is>
           <t>exposed (pharmacists only)</t>
         </is>
       </c>
       <c r="AY12" t="inlineStr"/>
       <c r="AZ12" t="inlineStr"/>
       <c r="BA12" t="n">
         <v>6308</v>
       </c>
       <c r="BB12" t="n">
         <v>18</v>
       </c>
       <c r="BC12" t="n">
         <v>1.88</v>
       </c>
       <c r="BD12" t="n">
         <v>1.32</v>
       </c>
       <c r="BE12" t="n">
-        <v>1.223579443058903</v>
+        <v>1.223579443058861</v>
       </c>
       <c r="BF12" t="n">
-        <v>2.536420556941096</v>
+        <v>2.536420556941139</v>
       </c>
       <c r="BG12" t="inlineStr"/>
       <c r="BH12" t="inlineStr"/>
       <c r="BI12" t="inlineStr"/>
       <c r="BJ12" t="inlineStr"/>
       <c r="BK12" t="inlineStr"/>
       <c r="BL12" t="b">
         <v>0</v>
       </c>
       <c r="BM12" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN12" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO12" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP12" t="inlineStr">
@@ -3972,54 +3972,54 @@
         </is>
       </c>
       <c r="AW13" t="n">
         <v>3</v>
       </c>
       <c r="AX13" t="inlineStr">
         <is>
           <t>exposed (nurses only)</t>
         </is>
       </c>
       <c r="AY13" t="inlineStr"/>
       <c r="AZ13" t="inlineStr"/>
       <c r="BA13" t="n">
         <v>6309</v>
       </c>
       <c r="BB13" t="n">
         <v>20</v>
       </c>
       <c r="BC13" t="n">
         <v>4.7</v>
       </c>
       <c r="BD13" t="n">
         <v>1.78</v>
       </c>
       <c r="BE13" t="n">
-        <v>3.866934356572561</v>
+        <v>3.866934356572543</v>
       </c>
       <c r="BF13" t="n">
-        <v>5.533065643427439</v>
+        <v>5.533065643427457</v>
       </c>
       <c r="BG13" t="inlineStr"/>
       <c r="BH13" t="inlineStr"/>
       <c r="BI13" t="inlineStr"/>
       <c r="BJ13" t="inlineStr"/>
       <c r="BK13" t="inlineStr"/>
       <c r="BL13" t="b">
         <v>0</v>
       </c>
       <c r="BM13" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN13" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO13" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP13" t="inlineStr">
@@ -4238,54 +4238,54 @@
         </is>
       </c>
       <c r="AW14" t="n">
         <v>0</v>
       </c>
       <c r="AX14" t="inlineStr">
         <is>
           <t>controls (administrative workers)</t>
         </is>
       </c>
       <c r="AY14" t="inlineStr"/>
       <c r="AZ14" t="inlineStr"/>
       <c r="BA14" t="n">
         <v>5939</v>
       </c>
       <c r="BB14" t="n">
         <v>20</v>
       </c>
       <c r="BC14" t="n">
         <v>1.85</v>
       </c>
       <c r="BD14" t="n">
         <v>0.3</v>
       </c>
       <c r="BE14" t="n">
-        <v>1.709595678074027</v>
+        <v>1.709595678074024</v>
       </c>
       <c r="BF14" t="n">
-        <v>1.990404321925973</v>
+        <v>1.990404321925976</v>
       </c>
       <c r="BG14" t="inlineStr"/>
       <c r="BH14" t="inlineStr"/>
       <c r="BI14" t="inlineStr"/>
       <c r="BJ14" t="inlineStr"/>
       <c r="BK14" t="inlineStr"/>
       <c r="BL14" t="b">
         <v>0</v>
       </c>
       <c r="BM14" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN14" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO14" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP14" t="inlineStr">
@@ -4510,54 +4510,54 @@
         </is>
       </c>
       <c r="AW15" t="n">
         <v>1</v>
       </c>
       <c r="AX15" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY15" t="inlineStr"/>
       <c r="AZ15" t="inlineStr"/>
       <c r="BA15" t="n">
         <v>5940</v>
       </c>
       <c r="BB15" t="n">
         <v>20</v>
       </c>
       <c r="BC15" t="n">
         <v>9.4</v>
       </c>
       <c r="BD15" t="n">
         <v>4.35</v>
       </c>
       <c r="BE15" t="n">
-        <v>7.364137332073394</v>
+        <v>7.36413733207335</v>
       </c>
       <c r="BF15" t="n">
-        <v>11.43586266792661</v>
+        <v>11.43586266792665</v>
       </c>
       <c r="BG15" t="inlineStr"/>
       <c r="BH15" t="inlineStr"/>
       <c r="BI15" t="inlineStr"/>
       <c r="BJ15" t="inlineStr"/>
       <c r="BK15" t="n">
         <v>0.05</v>
       </c>
       <c r="BL15" t="b">
         <v>0</v>
       </c>
       <c r="BM15" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN15" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO15" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -4784,54 +4784,54 @@
         </is>
       </c>
       <c r="AW16" t="n">
         <v>0</v>
       </c>
       <c r="AX16" t="inlineStr">
         <is>
           <t>controls (administrative workers)</t>
         </is>
       </c>
       <c r="AY16" t="inlineStr"/>
       <c r="AZ16" t="inlineStr"/>
       <c r="BA16" t="n">
         <v>5941</v>
       </c>
       <c r="BB16" t="n">
         <v>20</v>
       </c>
       <c r="BC16" t="n">
         <v>0.32</v>
       </c>
       <c r="BD16" t="n">
         <v>0.67</v>
       </c>
       <c r="BE16" t="n">
-        <v>0.006430347698660688</v>
+        <v>0.006430347698653804</v>
       </c>
       <c r="BF16" t="n">
-        <v>0.6335696523013393</v>
+        <v>0.6335696523013462</v>
       </c>
       <c r="BG16" t="inlineStr"/>
       <c r="BH16" t="inlineStr"/>
       <c r="BI16" t="inlineStr"/>
       <c r="BJ16" t="inlineStr"/>
       <c r="BK16" t="inlineStr"/>
       <c r="BL16" t="b">
         <v>0</v>
       </c>
       <c r="BM16" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN16" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO16" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP16" t="inlineStr">
@@ -5056,54 +5056,54 @@
         </is>
       </c>
       <c r="AW17" t="n">
         <v>1</v>
       </c>
       <c r="AX17" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY17" t="inlineStr"/>
       <c r="AZ17" t="inlineStr"/>
       <c r="BA17" t="n">
         <v>5942</v>
       </c>
       <c r="BB17" t="n">
         <v>20</v>
       </c>
       <c r="BC17" t="n">
         <v>1.85</v>
       </c>
       <c r="BD17" t="n">
         <v>1.56</v>
       </c>
       <c r="BE17" t="n">
-        <v>1.119897525984941</v>
+        <v>1.119897525984925</v>
       </c>
       <c r="BF17" t="n">
-        <v>2.580102474015059</v>
+        <v>2.580102474015075</v>
       </c>
       <c r="BG17" t="inlineStr"/>
       <c r="BH17" t="inlineStr"/>
       <c r="BI17" t="inlineStr"/>
       <c r="BJ17" t="inlineStr"/>
       <c r="BK17" t="n">
         <v>0.024</v>
       </c>
       <c r="BL17" t="b">
         <v>0</v>
       </c>
       <c r="BM17" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN17" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO17" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -11212,51 +11212,51 @@
         </is>
       </c>
       <c r="AW43" t="n">
         <v>1</v>
       </c>
       <c r="AX43" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY43" t="inlineStr"/>
       <c r="AZ43" t="inlineStr"/>
       <c r="BA43" t="n">
         <v>6005</v>
       </c>
       <c r="BB43" t="n">
         <v>72</v>
       </c>
       <c r="BC43" t="n">
         <v>1.78</v>
       </c>
       <c r="BD43" t="n">
         <v>0.14</v>
       </c>
       <c r="BE43" t="n">
-        <v>1.500847928501613</v>
+        <v>1.500847928501612</v>
       </c>
       <c r="BF43" t="n">
         <v>2.059152071498388</v>
       </c>
       <c r="BG43" t="inlineStr"/>
       <c r="BH43" t="inlineStr"/>
       <c r="BI43" t="inlineStr"/>
       <c r="BJ43" t="inlineStr"/>
       <c r="BK43" t="n">
         <v>0.068</v>
       </c>
       <c r="BL43" t="b">
         <v>0</v>
       </c>
       <c r="BM43" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN43" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO43" t="inlineStr">
@@ -11736,54 +11736,54 @@
         </is>
       </c>
       <c r="AW45" t="n">
         <v>1</v>
       </c>
       <c r="AX45" t="inlineStr">
         <is>
           <t>exposed (pharmacy technicians)</t>
         </is>
       </c>
       <c r="AY45" t="inlineStr"/>
       <c r="AZ45" t="inlineStr"/>
       <c r="BA45" t="n">
         <v>5946</v>
       </c>
       <c r="BB45" t="n">
         <v>5</v>
       </c>
       <c r="BC45" t="n">
         <v>7.2</v>
       </c>
       <c r="BD45" t="n">
         <v>3.2</v>
       </c>
       <c r="BE45" t="n">
-        <v>3.226675205747947</v>
+        <v>3.226675205747955</v>
       </c>
       <c r="BF45" t="n">
-        <v>11.17332479425205</v>
+        <v>11.17332479425204</v>
       </c>
       <c r="BG45" t="inlineStr"/>
       <c r="BH45" t="inlineStr"/>
       <c r="BI45" t="inlineStr"/>
       <c r="BJ45" t="inlineStr"/>
       <c r="BK45" t="inlineStr"/>
       <c r="BL45" t="b">
         <v>0</v>
       </c>
       <c r="BM45" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN45" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="BO45" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP45" t="inlineStr">
@@ -11997,54 +11997,54 @@
         </is>
       </c>
       <c r="AW46" t="n">
         <v>2</v>
       </c>
       <c r="AX46" t="inlineStr">
         <is>
           <t>exposed (outpatient nurses)</t>
         </is>
       </c>
       <c r="AY46" t="inlineStr"/>
       <c r="AZ46" t="inlineStr"/>
       <c r="BA46" t="n">
         <v>5947</v>
       </c>
       <c r="BB46" t="n">
         <v>12</v>
       </c>
       <c r="BC46" t="n">
         <v>10</v>
       </c>
       <c r="BD46" t="n">
         <v>4.7</v>
       </c>
       <c r="BE46" t="n">
-        <v>7.013762469557784</v>
+        <v>7.013762469545993</v>
       </c>
       <c r="BF46" t="n">
-        <v>12.98623753044222</v>
+        <v>12.98623753045401</v>
       </c>
       <c r="BG46" t="inlineStr"/>
       <c r="BH46" t="inlineStr"/>
       <c r="BI46" t="inlineStr"/>
       <c r="BJ46" t="inlineStr"/>
       <c r="BK46" t="inlineStr"/>
       <c r="BL46" t="b">
         <v>0</v>
       </c>
       <c r="BM46" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN46" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="BO46" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP46" t="inlineStr">
@@ -12258,54 +12258,54 @@
         </is>
       </c>
       <c r="AW47" t="n">
         <v>3</v>
       </c>
       <c r="AX47" t="inlineStr">
         <is>
           <t>exposed (ward nurses)</t>
         </is>
       </c>
       <c r="AY47" t="inlineStr"/>
       <c r="AZ47" t="inlineStr"/>
       <c r="BA47" t="n">
         <v>5948</v>
       </c>
       <c r="BB47" t="n">
         <v>13</v>
       </c>
       <c r="BC47" t="n">
         <v>8.15</v>
       </c>
       <c r="BD47" t="n">
         <v>3.6</v>
       </c>
       <c r="BE47" t="n">
-        <v>5.974541772525781</v>
+        <v>5.974541772521976</v>
       </c>
       <c r="BF47" t="n">
-        <v>10.32545822747422</v>
+        <v>10.32545822747803</v>
       </c>
       <c r="BG47" t="inlineStr"/>
       <c r="BH47" t="inlineStr"/>
       <c r="BI47" t="inlineStr"/>
       <c r="BJ47" t="inlineStr"/>
       <c r="BK47" t="inlineStr"/>
       <c r="BL47" t="b">
         <v>0</v>
       </c>
       <c r="BM47" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN47" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="BO47" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP47" t="inlineStr">
@@ -12788,54 +12788,54 @@
         </is>
       </c>
       <c r="AW49" t="n">
         <v>1</v>
       </c>
       <c r="AX49" t="inlineStr">
         <is>
           <t>exposed (pharmacy technicians)</t>
         </is>
       </c>
       <c r="AY49" t="inlineStr"/>
       <c r="AZ49" t="inlineStr"/>
       <c r="BA49" t="n">
         <v>5950</v>
       </c>
       <c r="BB49" t="n">
         <v>5</v>
       </c>
       <c r="BC49" t="n">
         <v>0.49</v>
       </c>
       <c r="BD49" t="n">
         <v>0.4</v>
       </c>
       <c r="BE49" t="n">
-        <v>-0.006665599281506618</v>
+        <v>-0.006665599281505619</v>
       </c>
       <c r="BF49" t="n">
-        <v>0.9866655992815065</v>
+        <v>0.9866655992815057</v>
       </c>
       <c r="BG49" t="inlineStr"/>
       <c r="BH49" t="inlineStr"/>
       <c r="BI49" t="inlineStr"/>
       <c r="BJ49" t="inlineStr"/>
       <c r="BK49" t="inlineStr"/>
       <c r="BL49" t="b">
         <v>0</v>
       </c>
       <c r="BM49" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN49" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="BO49" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP49" t="inlineStr">
@@ -13053,54 +13053,54 @@
         </is>
       </c>
       <c r="AW50" t="n">
         <v>2</v>
       </c>
       <c r="AX50" t="inlineStr">
         <is>
           <t>exposed (outpatient nurses)</t>
         </is>
       </c>
       <c r="AY50" t="inlineStr"/>
       <c r="AZ50" t="inlineStr"/>
       <c r="BA50" t="n">
         <v>5951</v>
       </c>
       <c r="BB50" t="n">
         <v>12</v>
       </c>
       <c r="BC50" t="n">
         <v>0.89</v>
       </c>
       <c r="BD50" t="n">
         <v>0.7</v>
       </c>
       <c r="BE50" t="n">
-        <v>0.4452412188703083</v>
+        <v>0.4452412188685523</v>
       </c>
       <c r="BF50" t="n">
-        <v>1.334758781129692</v>
+        <v>1.334758781131448</v>
       </c>
       <c r="BG50" t="inlineStr"/>
       <c r="BH50" t="inlineStr"/>
       <c r="BI50" t="inlineStr"/>
       <c r="BJ50" t="inlineStr"/>
       <c r="BK50" t="n">
         <v>0.048</v>
       </c>
       <c r="BL50" t="b">
         <v>0</v>
       </c>
       <c r="BM50" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN50" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="BO50" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -13320,54 +13320,54 @@
         </is>
       </c>
       <c r="AW51" t="n">
         <v>3</v>
       </c>
       <c r="AX51" t="inlineStr">
         <is>
           <t>exposed (ward nurses)</t>
         </is>
       </c>
       <c r="AY51" t="inlineStr"/>
       <c r="AZ51" t="inlineStr"/>
       <c r="BA51" t="n">
         <v>5952</v>
       </c>
       <c r="BB51" t="n">
         <v>13</v>
       </c>
       <c r="BC51" t="n">
         <v>0.9399999999999999</v>
       </c>
       <c r="BD51" t="n">
         <v>0.7</v>
       </c>
       <c r="BE51" t="n">
-        <v>0.5169942335466794</v>
+        <v>0.5169942335459395</v>
       </c>
       <c r="BF51" t="n">
-        <v>1.363005766453321</v>
+        <v>1.36300576645406</v>
       </c>
       <c r="BG51" t="inlineStr"/>
       <c r="BH51" t="inlineStr"/>
       <c r="BI51" t="inlineStr"/>
       <c r="BJ51" t="inlineStr"/>
       <c r="BK51" t="n">
         <v>0.024</v>
       </c>
       <c r="BL51" t="b">
         <v>0</v>
       </c>
       <c r="BM51" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN51" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="BO51" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -14625,54 +14625,54 @@
         </is>
       </c>
       <c r="AW56" t="n">
         <v>0</v>
       </c>
       <c r="AX56" t="inlineStr">
         <is>
           <t>controls (nursing students)</t>
         </is>
       </c>
       <c r="AY56" t="inlineStr"/>
       <c r="AZ56" t="inlineStr"/>
       <c r="BA56" t="n">
         <v>6107</v>
       </c>
       <c r="BB56" t="n">
         <v>16</v>
       </c>
       <c r="BC56" t="n">
         <v>4.56</v>
       </c>
       <c r="BD56" t="n">
         <v>1.67</v>
       </c>
       <c r="BE56" t="n">
-        <v>3.670119814728982</v>
+        <v>3.670119814728793</v>
       </c>
       <c r="BF56" t="n">
-        <v>5.449880185271017</v>
+        <v>5.449880185271206</v>
       </c>
       <c r="BG56" t="inlineStr"/>
       <c r="BH56" t="inlineStr"/>
       <c r="BI56" t="inlineStr"/>
       <c r="BJ56" t="inlineStr"/>
       <c r="BK56" t="inlineStr"/>
       <c r="BL56" t="b">
         <v>0</v>
       </c>
       <c r="BM56" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN56" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO56" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BP56" t="inlineStr">
@@ -14886,54 +14886,54 @@
         </is>
       </c>
       <c r="AW57" t="n">
         <v>1</v>
       </c>
       <c r="AX57" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY57" t="inlineStr"/>
       <c r="AZ57" t="inlineStr"/>
       <c r="BA57" t="n">
         <v>6108</v>
       </c>
       <c r="BB57" t="n">
         <v>16</v>
       </c>
       <c r="BC57" t="n">
         <v>15.06</v>
       </c>
       <c r="BD57" t="n">
         <v>5.3</v>
       </c>
       <c r="BE57" t="n">
-        <v>12.2358293521339</v>
+        <v>12.2358293521333</v>
       </c>
       <c r="BF57" t="n">
-        <v>17.8841706478661</v>
+        <v>17.8841706478667</v>
       </c>
       <c r="BG57" t="inlineStr"/>
       <c r="BH57" t="inlineStr"/>
       <c r="BI57" t="inlineStr"/>
       <c r="BJ57" t="inlineStr"/>
       <c r="BK57" t="n">
         <v>0.01</v>
       </c>
       <c r="BL57" t="b">
         <v>0</v>
       </c>
       <c r="BM57" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN57" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO57" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -15149,54 +15149,54 @@
         </is>
       </c>
       <c r="AW58" t="n">
         <v>0</v>
       </c>
       <c r="AX58" t="inlineStr">
         <is>
           <t>controls (nursing students)</t>
         </is>
       </c>
       <c r="AY58" t="inlineStr"/>
       <c r="AZ58" t="inlineStr"/>
       <c r="BA58" t="n">
         <v>6109</v>
       </c>
       <c r="BB58" t="n">
         <v>16</v>
       </c>
       <c r="BC58" t="n">
         <v>1.25</v>
       </c>
       <c r="BD58" t="n">
         <v>0.93</v>
       </c>
       <c r="BE58" t="n">
-        <v>0.7544379806574574</v>
+        <v>0.754437980657352</v>
       </c>
       <c r="BF58" t="n">
-        <v>1.745562019342543</v>
+        <v>1.745562019342648</v>
       </c>
       <c r="BG58" t="inlineStr"/>
       <c r="BH58" t="inlineStr"/>
       <c r="BI58" t="inlineStr"/>
       <c r="BJ58" t="inlineStr"/>
       <c r="BK58" t="inlineStr"/>
       <c r="BL58" t="b">
         <v>0</v>
       </c>
       <c r="BM58" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN58" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO58" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BP58" t="inlineStr">
@@ -15416,54 +15416,54 @@
         </is>
       </c>
       <c r="AW59" t="n">
         <v>1</v>
       </c>
       <c r="AX59" t="inlineStr">
         <is>
           <t>exposed</t>
         </is>
       </c>
       <c r="AY59" t="inlineStr"/>
       <c r="AZ59" t="inlineStr"/>
       <c r="BA59" t="n">
         <v>6110</v>
       </c>
       <c r="BB59" t="n">
         <v>16</v>
       </c>
       <c r="BC59" t="n">
         <v>6.38</v>
       </c>
       <c r="BD59" t="n">
         <v>3.3</v>
       </c>
       <c r="BE59" t="n">
-        <v>4.621554124913558</v>
+        <v>4.621554124913185</v>
       </c>
       <c r="BF59" t="n">
-        <v>8.138445875086441</v>
+        <v>8.138445875086814</v>
       </c>
       <c r="BG59" t="inlineStr"/>
       <c r="BH59" t="inlineStr"/>
       <c r="BI59" t="inlineStr"/>
       <c r="BJ59" t="inlineStr"/>
       <c r="BK59" t="n">
         <v>0.01</v>
       </c>
       <c r="BL59" t="b">
         <v>0</v>
       </c>
       <c r="BM59" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN59" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO59" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -16207,54 +16207,54 @@
         </is>
       </c>
       <c r="AW62" t="n">
         <v>2</v>
       </c>
       <c r="AX62" t="inlineStr">
         <is>
           <t>exposed (Hospital 1, 1992)</t>
         </is>
       </c>
       <c r="AY62" t="inlineStr"/>
       <c r="AZ62" t="inlineStr"/>
       <c r="BA62" t="n">
         <v>6031</v>
       </c>
       <c r="BB62" t="n">
         <v>7</v>
       </c>
       <c r="BC62" t="n">
         <v>2.87</v>
       </c>
       <c r="BD62" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="BE62" t="n">
-        <v>1.181630822709971</v>
+        <v>1.181630822709965</v>
       </c>
       <c r="BF62" t="n">
-        <v>4.558369177290029</v>
+        <v>4.558369177290035</v>
       </c>
       <c r="BG62" t="inlineStr"/>
       <c r="BH62" t="inlineStr"/>
       <c r="BI62" t="inlineStr"/>
       <c r="BJ62" t="inlineStr"/>
       <c r="BK62" t="n">
         <v>0.05</v>
       </c>
       <c r="BL62" t="b">
         <v>0</v>
       </c>
       <c r="BM62" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN62" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO62" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -16470,54 +16470,54 @@
         </is>
       </c>
       <c r="AW63" t="n">
         <v>3</v>
       </c>
       <c r="AX63" t="inlineStr">
         <is>
           <t>exposed (Hospital 2, 1992)</t>
         </is>
       </c>
       <c r="AY63" t="inlineStr"/>
       <c r="AZ63" t="inlineStr"/>
       <c r="BA63" t="n">
         <v>6032</v>
       </c>
       <c r="BB63" t="n">
         <v>6</v>
       </c>
       <c r="BC63" t="n">
         <v>4.17</v>
       </c>
       <c r="BD63" t="n">
         <v>1.08</v>
       </c>
       <c r="BE63" t="n">
-        <v>1.393771617512781</v>
+        <v>1.39377161751278</v>
       </c>
       <c r="BF63" t="n">
-        <v>6.946228382487219</v>
+        <v>6.94622838248722</v>
       </c>
       <c r="BG63" t="inlineStr"/>
       <c r="BH63" t="inlineStr"/>
       <c r="BI63" t="inlineStr"/>
       <c r="BJ63" t="inlineStr"/>
       <c r="BK63" t="n">
         <v>0.05</v>
       </c>
       <c r="BL63" t="b">
         <v>0</v>
       </c>
       <c r="BM63" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN63" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO63" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -16733,51 +16733,51 @@
         </is>
       </c>
       <c r="AW64" t="n">
         <v>4</v>
       </c>
       <c r="AX64" t="inlineStr">
         <is>
           <t>exposed (Hospital 2, 1993)</t>
         </is>
       </c>
       <c r="AY64" t="inlineStr"/>
       <c r="AZ64" t="inlineStr"/>
       <c r="BA64" t="n">
         <v>6033</v>
       </c>
       <c r="BB64" t="n">
         <v>6</v>
       </c>
       <c r="BC64" t="n">
         <v>3.5</v>
       </c>
       <c r="BD64" t="n">
         <v>1.06</v>
       </c>
       <c r="BE64" t="n">
-        <v>0.775183254225507</v>
+        <v>0.7751832542255066</v>
       </c>
       <c r="BF64" t="n">
         <v>6.224816745774493</v>
       </c>
       <c r="BG64" t="inlineStr"/>
       <c r="BH64" t="inlineStr"/>
       <c r="BI64" t="inlineStr"/>
       <c r="BJ64" t="inlineStr"/>
       <c r="BK64" t="n">
         <v>0.05</v>
       </c>
       <c r="BL64" t="b">
         <v>0</v>
       </c>
       <c r="BM64" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN64" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO64" t="inlineStr">
@@ -16996,54 +16996,54 @@
         </is>
       </c>
       <c r="AW65" t="n">
         <v>5</v>
       </c>
       <c r="AX65" t="inlineStr">
         <is>
           <t>exposed (Hospital 3, 1992)</t>
         </is>
       </c>
       <c r="AY65" t="inlineStr"/>
       <c r="AZ65" t="inlineStr"/>
       <c r="BA65" t="n">
         <v>6034</v>
       </c>
       <c r="BB65" t="n">
         <v>14</v>
       </c>
       <c r="BC65" t="n">
         <v>1.57</v>
       </c>
       <c r="BD65" t="n">
         <v>0.42</v>
       </c>
       <c r="BE65" t="n">
-        <v>0.6626451642863748</v>
+        <v>0.6626451642856277</v>
       </c>
       <c r="BF65" t="n">
-        <v>2.477354835713625</v>
+        <v>2.477354835714372</v>
       </c>
       <c r="BG65" t="inlineStr"/>
       <c r="BH65" t="inlineStr"/>
       <c r="BI65" t="inlineStr"/>
       <c r="BJ65" t="inlineStr"/>
       <c r="BK65" t="inlineStr"/>
       <c r="BL65" t="b">
         <v>0</v>
       </c>
       <c r="BM65" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN65" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO65" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BP65" t="inlineStr">
@@ -17257,54 +17257,54 @@
         </is>
       </c>
       <c r="AW66" t="n">
         <v>6</v>
       </c>
       <c r="AX66" t="inlineStr">
         <is>
           <t>exposed (Hospital 3, 1994)</t>
         </is>
       </c>
       <c r="AY66" t="inlineStr"/>
       <c r="AZ66" t="inlineStr"/>
       <c r="BA66" t="n">
         <v>6035</v>
       </c>
       <c r="BB66" t="n">
         <v>19</v>
       </c>
       <c r="BC66" t="n">
         <v>2.4</v>
       </c>
       <c r="BD66" t="n">
         <v>0.49</v>
       </c>
       <c r="BE66" t="n">
-        <v>1.37054820028193</v>
+        <v>1.370548200281891</v>
       </c>
       <c r="BF66" t="n">
-        <v>3.42945179971807</v>
+        <v>3.429451799718109</v>
       </c>
       <c r="BG66" t="inlineStr"/>
       <c r="BH66" t="inlineStr"/>
       <c r="BI66" t="inlineStr"/>
       <c r="BJ66" t="inlineStr"/>
       <c r="BK66" t="n">
         <v>0.05</v>
       </c>
       <c r="BL66" t="b">
         <v>0</v>
       </c>
       <c r="BM66" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN66" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO66" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -17520,54 +17520,54 @@
         </is>
       </c>
       <c r="AW67" t="n">
         <v>7</v>
       </c>
       <c r="AX67" t="inlineStr">
         <is>
           <t>exposed (Hospital 3, 1995)</t>
         </is>
       </c>
       <c r="AY67" t="inlineStr"/>
       <c r="AZ67" t="inlineStr"/>
       <c r="BA67" t="n">
         <v>6036</v>
       </c>
       <c r="BB67" t="n">
         <v>12</v>
       </c>
       <c r="BC67" t="n">
         <v>2</v>
       </c>
       <c r="BD67" t="n">
         <v>0.53</v>
       </c>
       <c r="BE67" t="n">
-        <v>0.8334778651560371</v>
+        <v>0.8334778651514314</v>
       </c>
       <c r="BF67" t="n">
-        <v>3.166522134843963</v>
+        <v>3.166522134848568</v>
       </c>
       <c r="BG67" t="inlineStr"/>
       <c r="BH67" t="inlineStr"/>
       <c r="BI67" t="inlineStr"/>
       <c r="BJ67" t="inlineStr"/>
       <c r="BK67" t="n">
         <v>0.05</v>
       </c>
       <c r="BL67" t="b">
         <v>0</v>
       </c>
       <c r="BM67" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN67" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO67" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -17783,54 +17783,54 @@
         </is>
       </c>
       <c r="AW68" t="n">
         <v>8</v>
       </c>
       <c r="AX68" t="inlineStr">
         <is>
           <t>exposed (Hospital 3, 1996)</t>
         </is>
       </c>
       <c r="AY68" t="inlineStr"/>
       <c r="AZ68" t="inlineStr"/>
       <c r="BA68" t="n">
         <v>6037</v>
       </c>
       <c r="BB68" t="n">
         <v>21</v>
       </c>
       <c r="BC68" t="n">
         <v>1.76</v>
       </c>
       <c r="BD68" t="n">
         <v>0.3</v>
       </c>
       <c r="BE68" t="n">
-        <v>1.134210965820249</v>
+        <v>1.134210965820241</v>
       </c>
       <c r="BF68" t="n">
-        <v>2.385789034179751</v>
+        <v>2.385789034179759</v>
       </c>
       <c r="BG68" t="inlineStr"/>
       <c r="BH68" t="inlineStr"/>
       <c r="BI68" t="inlineStr"/>
       <c r="BJ68" t="inlineStr"/>
       <c r="BK68" t="inlineStr"/>
       <c r="BL68" t="b">
         <v>0</v>
       </c>
       <c r="BM68" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN68" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO68" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BP68" t="inlineStr">
@@ -18044,54 +18044,54 @@
         </is>
       </c>
       <c r="AW69" t="n">
         <v>9</v>
       </c>
       <c r="AX69" t="inlineStr">
         <is>
           <t>exposed (Hospital 3, 1997)</t>
         </is>
       </c>
       <c r="AY69" t="inlineStr"/>
       <c r="AZ69" t="inlineStr"/>
       <c r="BA69" t="n">
         <v>6038</v>
       </c>
       <c r="BB69" t="n">
         <v>21</v>
       </c>
       <c r="BC69" t="n">
         <v>2.19</v>
       </c>
       <c r="BD69" t="n">
         <v>0.52</v>
       </c>
       <c r="BE69" t="n">
-        <v>1.105299007421765</v>
+        <v>1.105299007421751</v>
       </c>
       <c r="BF69" t="n">
-        <v>3.274700992578235</v>
+        <v>3.274700992578249</v>
       </c>
       <c r="BG69" t="inlineStr"/>
       <c r="BH69" t="inlineStr"/>
       <c r="BI69" t="inlineStr"/>
       <c r="BJ69" t="inlineStr"/>
       <c r="BK69" t="n">
         <v>0.05</v>
       </c>
       <c r="BL69" t="b">
         <v>0</v>
       </c>
       <c r="BM69" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN69" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO69" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -18307,54 +18307,54 @@
         </is>
       </c>
       <c r="AW70" t="n">
         <v>10</v>
       </c>
       <c r="AX70" t="inlineStr">
         <is>
           <t>exposed (Hospital 3, 1998)</t>
         </is>
       </c>
       <c r="AY70" t="inlineStr"/>
       <c r="AZ70" t="inlineStr"/>
       <c r="BA70" t="n">
         <v>6039</v>
       </c>
       <c r="BB70" t="n">
         <v>18</v>
       </c>
       <c r="BC70" t="n">
         <v>1.94</v>
       </c>
       <c r="BD70" t="n">
         <v>0.33</v>
       </c>
       <c r="BE70" t="n">
-        <v>1.24376085931505</v>
+        <v>1.243760859315006</v>
       </c>
       <c r="BF70" t="n">
-        <v>2.63623914068495</v>
+        <v>2.636239140684994</v>
       </c>
       <c r="BG70" t="inlineStr"/>
       <c r="BH70" t="inlineStr"/>
       <c r="BI70" t="inlineStr"/>
       <c r="BJ70" t="inlineStr"/>
       <c r="BK70" t="n">
         <v>0.05</v>
       </c>
       <c r="BL70" t="b">
         <v>0</v>
       </c>
       <c r="BM70" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN70" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO70" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -18570,54 +18570,54 @@
         </is>
       </c>
       <c r="AW71" t="n">
         <v>11</v>
       </c>
       <c r="AX71" t="inlineStr">
         <is>
           <t>exposed (Hospital 4, 1997)</t>
         </is>
       </c>
       <c r="AY71" t="inlineStr"/>
       <c r="AZ71" t="inlineStr"/>
       <c r="BA71" t="n">
         <v>6040</v>
       </c>
       <c r="BB71" t="n">
         <v>17</v>
       </c>
       <c r="BC71" t="n">
         <v>2.29</v>
       </c>
       <c r="BD71" t="n">
         <v>0.45</v>
       </c>
       <c r="BE71" t="n">
-        <v>1.336042615350545</v>
+        <v>1.336042615350435</v>
       </c>
       <c r="BF71" t="n">
-        <v>3.243957384649455</v>
+        <v>3.243957384649565</v>
       </c>
       <c r="BG71" t="inlineStr"/>
       <c r="BH71" t="inlineStr"/>
       <c r="BI71" t="inlineStr"/>
       <c r="BJ71" t="inlineStr"/>
       <c r="BK71" t="n">
         <v>0.05</v>
       </c>
       <c r="BL71" t="b">
         <v>0</v>
       </c>
       <c r="BM71" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN71" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO71" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -18833,54 +18833,54 @@
         </is>
       </c>
       <c r="AW72" t="n">
         <v>12</v>
       </c>
       <c r="AX72" t="inlineStr">
         <is>
           <t>exposed (Hospital 4, 1999)</t>
         </is>
       </c>
       <c r="AY72" t="inlineStr"/>
       <c r="AZ72" t="inlineStr"/>
       <c r="BA72" t="n">
         <v>6041</v>
       </c>
       <c r="BB72" t="n">
         <v>11</v>
       </c>
       <c r="BC72" t="n">
         <v>2.82</v>
       </c>
       <c r="BD72" t="n">
         <v>0.52</v>
       </c>
       <c r="BE72" t="n">
-        <v>1.661367796978232</v>
+        <v>1.661367796967137</v>
       </c>
       <c r="BF72" t="n">
-        <v>3.978632203021768</v>
+        <v>3.978632203032862</v>
       </c>
       <c r="BG72" t="inlineStr"/>
       <c r="BH72" t="inlineStr"/>
       <c r="BI72" t="inlineStr"/>
       <c r="BJ72" t="inlineStr"/>
       <c r="BK72" t="n">
         <v>0.05</v>
       </c>
       <c r="BL72" t="b">
         <v>0</v>
       </c>
       <c r="BM72" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN72" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO72" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -19618,54 +19618,54 @@
         </is>
       </c>
       <c r="AW75" t="n">
         <v>2</v>
       </c>
       <c r="AX75" t="inlineStr">
         <is>
           <t>exposed (Hospital 1, 1992)</t>
         </is>
       </c>
       <c r="AY75" t="inlineStr"/>
       <c r="AZ75" t="inlineStr"/>
       <c r="BA75" t="n">
         <v>6044</v>
       </c>
       <c r="BB75" t="n">
         <v>7</v>
       </c>
       <c r="BC75" t="n">
         <v>3</v>
       </c>
       <c r="BD75" t="n">
         <v>0.83</v>
       </c>
       <c r="BE75" t="n">
-        <v>0.9690631635496758</v>
+        <v>0.9690631635496678</v>
       </c>
       <c r="BF75" t="n">
-        <v>5.030936836450325</v>
+        <v>5.030936836450332</v>
       </c>
       <c r="BG75" t="inlineStr"/>
       <c r="BH75" t="inlineStr"/>
       <c r="BI75" t="inlineStr"/>
       <c r="BJ75" t="inlineStr"/>
       <c r="BK75" t="n">
         <v>0.05</v>
       </c>
       <c r="BL75" t="b">
         <v>0</v>
       </c>
       <c r="BM75" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN75" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO75" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -19881,51 +19881,51 @@
         </is>
       </c>
       <c r="AW76" t="n">
         <v>3</v>
       </c>
       <c r="AX76" t="inlineStr">
         <is>
           <t>exposed (Hospital 2, 1992)</t>
         </is>
       </c>
       <c r="AY76" t="inlineStr"/>
       <c r="AZ76" t="inlineStr"/>
       <c r="BA76" t="n">
         <v>6045</v>
       </c>
       <c r="BB76" t="n">
         <v>6</v>
       </c>
       <c r="BC76" t="n">
         <v>4.33</v>
       </c>
       <c r="BD76" t="n">
         <v>1.12</v>
       </c>
       <c r="BE76" t="n">
-        <v>1.450948344087328</v>
+        <v>1.450948344087327</v>
       </c>
       <c r="BF76" t="n">
         <v>7.209051655912672</v>
       </c>
       <c r="BG76" t="inlineStr"/>
       <c r="BH76" t="inlineStr"/>
       <c r="BI76" t="inlineStr"/>
       <c r="BJ76" t="inlineStr"/>
       <c r="BK76" t="n">
         <v>0.05</v>
       </c>
       <c r="BL76" t="b">
         <v>0</v>
       </c>
       <c r="BM76" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN76" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO76" t="inlineStr">
@@ -20144,51 +20144,51 @@
         </is>
       </c>
       <c r="AW77" t="n">
         <v>4</v>
       </c>
       <c r="AX77" t="inlineStr">
         <is>
           <t>exposed (Hospital 2, 1993)</t>
         </is>
       </c>
       <c r="AY77" t="inlineStr"/>
       <c r="AZ77" t="inlineStr"/>
       <c r="BA77" t="n">
         <v>6046</v>
       </c>
       <c r="BB77" t="n">
         <v>6</v>
       </c>
       <c r="BC77" t="n">
         <v>3.5</v>
       </c>
       <c r="BD77" t="n">
         <v>1.06</v>
       </c>
       <c r="BE77" t="n">
-        <v>0.775183254225507</v>
+        <v>0.7751832542255066</v>
       </c>
       <c r="BF77" t="n">
         <v>6.224816745774493</v>
       </c>
       <c r="BG77" t="inlineStr"/>
       <c r="BH77" t="inlineStr"/>
       <c r="BI77" t="inlineStr"/>
       <c r="BJ77" t="inlineStr"/>
       <c r="BK77" t="n">
         <v>0.05</v>
       </c>
       <c r="BL77" t="b">
         <v>0</v>
       </c>
       <c r="BM77" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN77" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO77" t="inlineStr">
@@ -20407,54 +20407,54 @@
         </is>
       </c>
       <c r="AW78" t="n">
         <v>5</v>
       </c>
       <c r="AX78" t="inlineStr">
         <is>
           <t>exposed (Hospital 3, 1992)</t>
         </is>
       </c>
       <c r="AY78" t="inlineStr"/>
       <c r="AZ78" t="inlineStr"/>
       <c r="BA78" t="n">
         <v>6047</v>
       </c>
       <c r="BB78" t="n">
         <v>14</v>
       </c>
       <c r="BC78" t="n">
         <v>1.64</v>
       </c>
       <c r="BD78" t="n">
         <v>0.46</v>
       </c>
       <c r="BE78" t="n">
-        <v>0.646230418027934</v>
+        <v>0.6462304180271159</v>
       </c>
       <c r="BF78" t="n">
-        <v>2.633769581972066</v>
+        <v>2.633769581972884</v>
       </c>
       <c r="BG78" t="inlineStr"/>
       <c r="BH78" t="inlineStr"/>
       <c r="BI78" t="inlineStr"/>
       <c r="BJ78" t="inlineStr"/>
       <c r="BK78" t="inlineStr"/>
       <c r="BL78" t="b">
         <v>0</v>
       </c>
       <c r="BM78" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN78" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO78" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BP78" t="inlineStr">
@@ -20668,54 +20668,54 @@
         </is>
       </c>
       <c r="AW79" t="n">
         <v>6</v>
       </c>
       <c r="AX79" t="inlineStr">
         <is>
           <t>exposed (Hospital 3, 1994)</t>
         </is>
       </c>
       <c r="AY79" t="inlineStr"/>
       <c r="AZ79" t="inlineStr"/>
       <c r="BA79" t="n">
         <v>6048</v>
       </c>
       <c r="BB79" t="n">
         <v>19</v>
       </c>
       <c r="BC79" t="n">
         <v>2.61</v>
       </c>
       <c r="BD79" t="n">
         <v>0.53</v>
       </c>
       <c r="BE79" t="n">
-        <v>1.496511318672291</v>
+        <v>1.49651131867225</v>
       </c>
       <c r="BF79" t="n">
-        <v>3.723488681327709</v>
+        <v>3.72348868132775</v>
       </c>
       <c r="BG79" t="inlineStr"/>
       <c r="BH79" t="inlineStr"/>
       <c r="BI79" t="inlineStr"/>
       <c r="BJ79" t="inlineStr"/>
       <c r="BK79" t="n">
         <v>0.05</v>
       </c>
       <c r="BL79" t="b">
         <v>0</v>
       </c>
       <c r="BM79" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN79" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO79" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -20931,54 +20931,54 @@
         </is>
       </c>
       <c r="AW80" t="n">
         <v>7</v>
       </c>
       <c r="AX80" t="inlineStr">
         <is>
           <t>exposed (Hospital 3, 1995)</t>
         </is>
       </c>
       <c r="AY80" t="inlineStr"/>
       <c r="AZ80" t="inlineStr"/>
       <c r="BA80" t="n">
         <v>6049</v>
       </c>
       <c r="BB80" t="n">
         <v>12</v>
       </c>
       <c r="BC80" t="n">
         <v>2</v>
       </c>
       <c r="BD80" t="n">
         <v>0.53</v>
       </c>
       <c r="BE80" t="n">
-        <v>0.8334778651560371</v>
+        <v>0.8334778651514314</v>
       </c>
       <c r="BF80" t="n">
-        <v>3.166522134843963</v>
+        <v>3.166522134848568</v>
       </c>
       <c r="BG80" t="inlineStr"/>
       <c r="BH80" t="inlineStr"/>
       <c r="BI80" t="inlineStr"/>
       <c r="BJ80" t="inlineStr"/>
       <c r="BK80" t="n">
         <v>0.05</v>
       </c>
       <c r="BL80" t="b">
         <v>0</v>
       </c>
       <c r="BM80" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN80" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO80" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -21194,54 +21194,54 @@
         </is>
       </c>
       <c r="AW81" t="n">
         <v>8</v>
       </c>
       <c r="AX81" t="inlineStr">
         <is>
           <t>exposed (Hospital 3, 1996)</t>
         </is>
       </c>
       <c r="AY81" t="inlineStr"/>
       <c r="AZ81" t="inlineStr"/>
       <c r="BA81" t="n">
         <v>6050</v>
       </c>
       <c r="BB81" t="n">
         <v>21</v>
       </c>
       <c r="BC81" t="n">
         <v>1.85</v>
       </c>
       <c r="BD81" t="n">
         <v>0.32</v>
       </c>
       <c r="BE81" t="n">
-        <v>1.182491696874932</v>
+        <v>1.182491696874924</v>
       </c>
       <c r="BF81" t="n">
-        <v>2.517508303125068</v>
+        <v>2.517508303125076</v>
       </c>
       <c r="BG81" t="inlineStr"/>
       <c r="BH81" t="inlineStr"/>
       <c r="BI81" t="inlineStr"/>
       <c r="BJ81" t="inlineStr"/>
       <c r="BK81" t="inlineStr"/>
       <c r="BL81" t="b">
         <v>0</v>
       </c>
       <c r="BM81" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN81" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO81" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BP81" t="inlineStr">
@@ -21455,54 +21455,54 @@
         </is>
       </c>
       <c r="AW82" t="n">
         <v>9</v>
       </c>
       <c r="AX82" t="inlineStr">
         <is>
           <t>exposed (Hospital 3, 1997)</t>
         </is>
       </c>
       <c r="AY82" t="inlineStr"/>
       <c r="AZ82" t="inlineStr"/>
       <c r="BA82" t="n">
         <v>6051</v>
       </c>
       <c r="BB82" t="n">
         <v>21</v>
       </c>
       <c r="BC82" t="n">
         <v>2.24</v>
       </c>
       <c r="BD82" t="n">
         <v>0.54</v>
       </c>
       <c r="BE82" t="n">
-        <v>1.113579738476449</v>
+        <v>1.113579738476434</v>
       </c>
       <c r="BF82" t="n">
-        <v>3.366420261523552</v>
+        <v>3.366420261523567</v>
       </c>
       <c r="BG82" t="inlineStr"/>
       <c r="BH82" t="inlineStr"/>
       <c r="BI82" t="inlineStr"/>
       <c r="BJ82" t="inlineStr"/>
       <c r="BK82" t="n">
         <v>0.05</v>
       </c>
       <c r="BL82" t="b">
         <v>0</v>
       </c>
       <c r="BM82" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN82" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO82" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -21718,54 +21718,54 @@
         </is>
       </c>
       <c r="AW83" t="n">
         <v>10</v>
       </c>
       <c r="AX83" t="inlineStr">
         <is>
           <t>exposed (Hospital 3, 1998)</t>
         </is>
       </c>
       <c r="AY83" t="inlineStr"/>
       <c r="AZ83" t="inlineStr"/>
       <c r="BA83" t="n">
         <v>6052</v>
       </c>
       <c r="BB83" t="n">
         <v>18</v>
       </c>
       <c r="BC83" t="n">
         <v>1.94</v>
       </c>
       <c r="BD83" t="n">
         <v>0.33</v>
       </c>
       <c r="BE83" t="n">
-        <v>1.24376085931505</v>
+        <v>1.243760859315006</v>
       </c>
       <c r="BF83" t="n">
-        <v>2.63623914068495</v>
+        <v>2.636239140684994</v>
       </c>
       <c r="BG83" t="inlineStr"/>
       <c r="BH83" t="inlineStr"/>
       <c r="BI83" t="inlineStr"/>
       <c r="BJ83" t="inlineStr"/>
       <c r="BK83" t="n">
         <v>0.05</v>
       </c>
       <c r="BL83" t="b">
         <v>0</v>
       </c>
       <c r="BM83" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN83" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO83" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -21981,54 +21981,54 @@
         </is>
       </c>
       <c r="AW84" t="n">
         <v>11</v>
       </c>
       <c r="AX84" t="inlineStr">
         <is>
           <t>exposed (Hospital 4, 1997)</t>
         </is>
       </c>
       <c r="AY84" t="inlineStr"/>
       <c r="AZ84" t="inlineStr"/>
       <c r="BA84" t="n">
         <v>6053</v>
       </c>
       <c r="BB84" t="n">
         <v>17</v>
       </c>
       <c r="BC84" t="n">
         <v>2.41</v>
       </c>
       <c r="BD84" t="n">
         <v>0.49</v>
       </c>
       <c r="BE84" t="n">
-        <v>1.371246403381705</v>
+        <v>1.371246403381585</v>
       </c>
       <c r="BF84" t="n">
-        <v>3.448753596618296</v>
+        <v>3.448753596618415</v>
       </c>
       <c r="BG84" t="inlineStr"/>
       <c r="BH84" t="inlineStr"/>
       <c r="BI84" t="inlineStr"/>
       <c r="BJ84" t="inlineStr"/>
       <c r="BK84" t="n">
         <v>0.05</v>
       </c>
       <c r="BL84" t="b">
         <v>0</v>
       </c>
       <c r="BM84" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN84" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO84" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -22244,54 +22244,54 @@
         </is>
       </c>
       <c r="AW85" t="n">
         <v>12</v>
       </c>
       <c r="AX85" t="inlineStr">
         <is>
           <t>exposed (Hospital 4, 1999)</t>
         </is>
       </c>
       <c r="AY85" t="inlineStr"/>
       <c r="AZ85" t="inlineStr"/>
       <c r="BA85" t="n">
         <v>6054</v>
       </c>
       <c r="BB85" t="n">
         <v>11</v>
       </c>
       <c r="BC85" t="n">
         <v>2.82</v>
       </c>
       <c r="BD85" t="n">
         <v>0.52</v>
       </c>
       <c r="BE85" t="n">
-        <v>1.661367796978232</v>
+        <v>1.661367796967137</v>
       </c>
       <c r="BF85" t="n">
-        <v>3.978632203021768</v>
+        <v>3.978632203032862</v>
       </c>
       <c r="BG85" t="inlineStr"/>
       <c r="BH85" t="inlineStr"/>
       <c r="BI85" t="inlineStr"/>
       <c r="BJ85" t="inlineStr"/>
       <c r="BK85" t="n">
         <v>0.05</v>
       </c>
       <c r="BL85" t="b">
         <v>0</v>
       </c>
       <c r="BM85" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN85" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
       </c>
       <c r="BO85" t="inlineStr">
         <is>
           <t>{"sortValue": 15, "display": "Probably high risk of bias"}</t>
         </is>
@@ -24290,54 +24290,54 @@
         </is>
       </c>
       <c r="AW93" t="n">
         <v>0</v>
       </c>
       <c r="AX93" t="inlineStr">
         <is>
           <t>controls (office workers)</t>
         </is>
       </c>
       <c r="AY93" t="inlineStr"/>
       <c r="AZ93" t="inlineStr"/>
       <c r="BA93" t="n">
         <v>5935</v>
       </c>
       <c r="BB93" t="n">
         <v>12</v>
       </c>
       <c r="BC93" t="n">
         <v>10.54</v>
       </c>
       <c r="BD93" t="n">
         <v>6.13</v>
       </c>
       <c r="BE93" t="n">
-        <v>6.645183816678555</v>
+        <v>6.645183816663178</v>
       </c>
       <c r="BF93" t="n">
-        <v>14.43481618332144</v>
+        <v>14.43481618333682</v>
       </c>
       <c r="BG93" t="inlineStr"/>
       <c r="BH93" t="inlineStr"/>
       <c r="BI93" t="inlineStr"/>
       <c r="BJ93" t="inlineStr"/>
       <c r="BK93" t="inlineStr"/>
       <c r="BL93" t="b">
         <v>0</v>
       </c>
       <c r="BM93" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN93" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BO93" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BP93" t="inlineStr">
@@ -24558,51 +24558,51 @@
         <v>1</v>
       </c>
       <c r="AX94" t="inlineStr">
         <is>
           <t>exposed (pharmacy workers)</t>
         </is>
       </c>
       <c r="AY94" t="inlineStr"/>
       <c r="AZ94" t="inlineStr"/>
       <c r="BA94" t="n">
         <v>5936</v>
       </c>
       <c r="BB94" t="n">
         <v>50</v>
       </c>
       <c r="BC94" t="n">
         <v>8.130000000000001</v>
       </c>
       <c r="BD94" t="n">
         <v>3.23</v>
       </c>
       <c r="BE94" t="n">
         <v>7.212044156748793</v>
       </c>
       <c r="BF94" t="n">
-        <v>9.047955843251209</v>
+        <v>9.047955843251207</v>
       </c>
       <c r="BG94" t="inlineStr"/>
       <c r="BH94" t="inlineStr"/>
       <c r="BI94" t="inlineStr"/>
       <c r="BJ94" t="inlineStr"/>
       <c r="BK94" t="inlineStr"/>
       <c r="BL94" t="b">
         <v>0</v>
       </c>
       <c r="BM94" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN94" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BO94" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BP94" t="inlineStr">
@@ -24820,54 +24820,54 @@
         </is>
       </c>
       <c r="AW95" t="n">
         <v>2</v>
       </c>
       <c r="AX95" t="inlineStr">
         <is>
           <t>exposed (nurses)</t>
         </is>
       </c>
       <c r="AY95" t="inlineStr"/>
       <c r="AZ95" t="inlineStr"/>
       <c r="BA95" t="n">
         <v>5937</v>
       </c>
       <c r="BB95" t="n">
         <v>11</v>
       </c>
       <c r="BC95" t="n">
         <v>8.82</v>
       </c>
       <c r="BD95" t="n">
         <v>18.9</v>
       </c>
       <c r="BE95" t="n">
-        <v>-3.87719276795997</v>
+        <v>-3.877192768081551</v>
       </c>
       <c r="BF95" t="n">
-        <v>21.51719276795997</v>
+        <v>21.51719276808155</v>
       </c>
       <c r="BG95" t="inlineStr"/>
       <c r="BH95" t="inlineStr"/>
       <c r="BI95" t="inlineStr"/>
       <c r="BJ95" t="inlineStr"/>
       <c r="BK95" t="inlineStr"/>
       <c r="BL95" t="b">
         <v>0</v>
       </c>
       <c r="BM95" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN95" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BO95" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BP95" t="inlineStr">
@@ -25085,54 +25085,54 @@
         </is>
       </c>
       <c r="AW96" t="n">
         <v>3</v>
       </c>
       <c r="AX96" t="inlineStr">
         <is>
           <t>exposed (patients)</t>
         </is>
       </c>
       <c r="AY96" t="inlineStr"/>
       <c r="AZ96" t="inlineStr"/>
       <c r="BA96" t="n">
         <v>5938</v>
       </c>
       <c r="BB96" t="n">
         <v>6</v>
       </c>
       <c r="BC96" t="n">
         <v>16.58</v>
       </c>
       <c r="BD96" t="n">
         <v>35.31</v>
       </c>
       <c r="BE96" t="n">
-        <v>-20.47557244472721</v>
+        <v>-20.47557244472722</v>
       </c>
       <c r="BF96" t="n">
-        <v>53.63557244472721</v>
+        <v>53.63557244472722</v>
       </c>
       <c r="BG96" t="inlineStr"/>
       <c r="BH96" t="inlineStr"/>
       <c r="BI96" t="inlineStr"/>
       <c r="BJ96" t="inlineStr"/>
       <c r="BK96" t="n">
         <v>0.001</v>
       </c>
       <c r="BL96" t="b">
         <v>0</v>
       </c>
       <c r="BM96" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN96" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
       </c>
       <c r="BO96" t="inlineStr">
         <is>
           <t>{"sortValue": 14, "display": "Definitely high risk of bias"}</t>
         </is>
@@ -25876,54 +25876,54 @@
         </is>
       </c>
       <c r="AW99" t="n">
         <v>0</v>
       </c>
       <c r="AX99" t="inlineStr">
         <is>
           <t>control nurses after one work period</t>
         </is>
       </c>
       <c r="AY99" t="inlineStr"/>
       <c r="AZ99" t="inlineStr"/>
       <c r="BA99" t="n">
         <v>6316</v>
       </c>
       <c r="BB99" t="n">
         <v>10</v>
       </c>
       <c r="BC99" t="n">
         <v>1.1</v>
       </c>
       <c r="BD99" t="n">
         <v>0.23</v>
       </c>
       <c r="BE99" t="n">
-        <v>0.5797038525435573</v>
+        <v>0.579703852556413</v>
       </c>
       <c r="BF99" t="n">
-        <v>1.620296147456443</v>
+        <v>1.620296147443587</v>
       </c>
       <c r="BG99" t="inlineStr"/>
       <c r="BH99" t="inlineStr"/>
       <c r="BI99" t="inlineStr"/>
       <c r="BJ99" t="inlineStr"/>
       <c r="BK99" t="inlineStr"/>
       <c r="BL99" t="b">
         <v>0</v>
       </c>
       <c r="BM99" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN99" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO99" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP99" t="inlineStr">
@@ -26129,54 +26129,54 @@
         </is>
       </c>
       <c r="AW100" t="n">
         <v>1</v>
       </c>
       <c r="AX100" t="inlineStr">
         <is>
           <t>nurses handling antineoplastics after one work period</t>
         </is>
       </c>
       <c r="AY100" t="inlineStr"/>
       <c r="AZ100" t="inlineStr"/>
       <c r="BA100" t="n">
         <v>6317</v>
       </c>
       <c r="BB100" t="n">
         <v>10</v>
       </c>
       <c r="BC100" t="n">
         <v>1.23</v>
       </c>
       <c r="BD100" t="n">
         <v>0.24</v>
       </c>
       <c r="BE100" t="n">
-        <v>0.6870822809150162</v>
+        <v>0.6870822809284308</v>
       </c>
       <c r="BF100" t="n">
-        <v>1.772917719084984</v>
+        <v>1.772917719071569</v>
       </c>
       <c r="BG100" t="inlineStr"/>
       <c r="BH100" t="inlineStr"/>
       <c r="BI100" t="inlineStr"/>
       <c r="BJ100" t="inlineStr"/>
       <c r="BK100" t="inlineStr"/>
       <c r="BL100" t="b">
         <v>0</v>
       </c>
       <c r="BM100" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN100" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO100" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP100" t="inlineStr">
@@ -26382,54 +26382,54 @@
         </is>
       </c>
       <c r="AW101" t="n">
         <v>2</v>
       </c>
       <c r="AX101" t="inlineStr">
         <is>
           <t>control nurses before starting next work period</t>
         </is>
       </c>
       <c r="AY101" t="inlineStr"/>
       <c r="AZ101" t="inlineStr"/>
       <c r="BA101" t="n">
         <v>6318</v>
       </c>
       <c r="BB101" t="n">
         <v>10</v>
       </c>
       <c r="BC101" t="n">
         <v>0.8</v>
       </c>
       <c r="BD101" t="n">
         <v>0.17</v>
       </c>
       <c r="BE101" t="n">
-        <v>0.4154332823148031</v>
+        <v>0.4154332823243052</v>
       </c>
       <c r="BF101" t="n">
-        <v>1.184566717685197</v>
+        <v>1.184566717675695</v>
       </c>
       <c r="BG101" t="inlineStr"/>
       <c r="BH101" t="inlineStr"/>
       <c r="BI101" t="inlineStr"/>
       <c r="BJ101" t="inlineStr"/>
       <c r="BK101" t="inlineStr"/>
       <c r="BL101" t="b">
         <v>0</v>
       </c>
       <c r="BM101" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN101" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO101" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP101" t="inlineStr">
@@ -26635,54 +26635,54 @@
         </is>
       </c>
       <c r="AW102" t="n">
         <v>3</v>
       </c>
       <c r="AX102" t="inlineStr">
         <is>
           <t>nurses handling antineoplastics before starting next work period</t>
         </is>
       </c>
       <c r="AY102" t="inlineStr"/>
       <c r="AZ102" t="inlineStr"/>
       <c r="BA102" t="n">
         <v>6319</v>
       </c>
       <c r="BB102" t="n">
         <v>10</v>
       </c>
       <c r="BC102" t="n">
         <v>1.6</v>
       </c>
       <c r="BD102" t="n">
         <v>0.5</v>
       </c>
       <c r="BE102" t="n">
-        <v>0.4689214185729504</v>
+        <v>0.4689214186008976</v>
       </c>
       <c r="BF102" t="n">
-        <v>2.73107858142705</v>
+        <v>2.731078581399102</v>
       </c>
       <c r="BG102" t="inlineStr"/>
       <c r="BH102" t="inlineStr"/>
       <c r="BI102" t="inlineStr"/>
       <c r="BJ102" t="inlineStr"/>
       <c r="BK102" t="inlineStr"/>
       <c r="BL102" t="b">
         <v>0</v>
       </c>
       <c r="BM102" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN102" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO102" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP102" t="inlineStr">
@@ -26888,54 +26888,54 @@
         </is>
       </c>
       <c r="AW103" t="n">
         <v>0</v>
       </c>
       <c r="AX103" t="inlineStr">
         <is>
           <t>control nurses after one work period</t>
         </is>
       </c>
       <c r="AY103" t="inlineStr"/>
       <c r="AZ103" t="inlineStr"/>
       <c r="BA103" t="n">
         <v>6320</v>
       </c>
       <c r="BB103" t="n">
         <v>10</v>
       </c>
       <c r="BC103" t="n">
         <v>0.3</v>
       </c>
       <c r="BD103" t="n">
         <v>0.1</v>
       </c>
       <c r="BE103" t="n">
-        <v>0.07378428371459006</v>
+        <v>0.07378428372017948</v>
       </c>
       <c r="BF103" t="n">
-        <v>0.52621571628541</v>
+        <v>0.5262157162798204</v>
       </c>
       <c r="BG103" t="inlineStr"/>
       <c r="BH103" t="inlineStr"/>
       <c r="BI103" t="inlineStr"/>
       <c r="BJ103" t="inlineStr"/>
       <c r="BK103" t="inlineStr"/>
       <c r="BL103" t="b">
         <v>0</v>
       </c>
       <c r="BM103" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN103" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO103" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP103" t="inlineStr">
@@ -27141,54 +27141,54 @@
         </is>
       </c>
       <c r="AW104" t="n">
         <v>1</v>
       </c>
       <c r="AX104" t="inlineStr">
         <is>
           <t>nurses handling antineoplastics after one work period</t>
         </is>
       </c>
       <c r="AY104" t="inlineStr"/>
       <c r="AZ104" t="inlineStr"/>
       <c r="BA104" t="n">
         <v>6321</v>
       </c>
       <c r="BB104" t="n">
         <v>10</v>
       </c>
       <c r="BC104" t="n">
         <v>0.47</v>
       </c>
       <c r="BD104" t="n">
         <v>0.13</v>
       </c>
       <c r="BE104" t="n">
-        <v>0.175919568828967</v>
+        <v>0.1759195688362333</v>
       </c>
       <c r="BF104" t="n">
-        <v>0.764080431171033</v>
+        <v>0.7640804311637666</v>
       </c>
       <c r="BG104" t="inlineStr"/>
       <c r="BH104" t="inlineStr"/>
       <c r="BI104" t="inlineStr"/>
       <c r="BJ104" t="inlineStr"/>
       <c r="BK104" t="inlineStr"/>
       <c r="BL104" t="b">
         <v>0</v>
       </c>
       <c r="BM104" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN104" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO104" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP104" t="inlineStr">
@@ -27394,54 +27394,54 @@
         </is>
       </c>
       <c r="AW105" t="n">
         <v>2</v>
       </c>
       <c r="AX105" t="inlineStr">
         <is>
           <t>control nurses before starting next work period</t>
         </is>
       </c>
       <c r="AY105" t="inlineStr"/>
       <c r="AZ105" t="inlineStr"/>
       <c r="BA105" t="n">
         <v>6322</v>
       </c>
       <c r="BB105" t="n">
         <v>10</v>
       </c>
       <c r="BC105" t="n">
         <v>0.37</v>
       </c>
       <c r="BD105" t="n">
         <v>0.13</v>
       </c>
       <c r="BE105" t="n">
-        <v>0.07591956882896705</v>
+        <v>0.07591956883623335</v>
       </c>
       <c r="BF105" t="n">
-        <v>0.6640804311710329</v>
+        <v>0.6640804311637667</v>
       </c>
       <c r="BG105" t="inlineStr"/>
       <c r="BH105" t="inlineStr"/>
       <c r="BI105" t="inlineStr"/>
       <c r="BJ105" t="inlineStr"/>
       <c r="BK105" t="inlineStr"/>
       <c r="BL105" t="b">
         <v>0</v>
       </c>
       <c r="BM105" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN105" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO105" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP105" t="inlineStr">
@@ -27647,54 +27647,54 @@
         </is>
       </c>
       <c r="AW106" t="n">
         <v>3</v>
       </c>
       <c r="AX106" t="inlineStr">
         <is>
           <t>nurses handling antineoplastics before starting next work period</t>
         </is>
       </c>
       <c r="AY106" t="inlineStr"/>
       <c r="AZ106" t="inlineStr"/>
       <c r="BA106" t="n">
         <v>6323</v>
       </c>
       <c r="BB106" t="n">
         <v>10</v>
       </c>
       <c r="BC106" t="n">
         <v>0.53</v>
       </c>
       <c r="BD106" t="n">
         <v>0.15</v>
       </c>
       <c r="BE106" t="n">
-        <v>0.1906764255718851</v>
+        <v>0.1906764255802693</v>
       </c>
       <c r="BF106" t="n">
-        <v>0.8693235744281149</v>
+        <v>0.8693235744197307</v>
       </c>
       <c r="BG106" t="inlineStr"/>
       <c r="BH106" t="inlineStr"/>
       <c r="BI106" t="inlineStr"/>
       <c r="BJ106" t="inlineStr"/>
       <c r="BK106" t="inlineStr"/>
       <c r="BL106" t="b">
         <v>0</v>
       </c>
       <c r="BM106" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN106" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO106" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP106" t="inlineStr">
@@ -27908,54 +27908,54 @@
         </is>
       </c>
       <c r="AW107" t="n">
         <v>0</v>
       </c>
       <c r="AX107" t="inlineStr">
         <is>
           <t>controls (at the factory)</t>
         </is>
       </c>
       <c r="AY107" t="inlineStr"/>
       <c r="AZ107" t="inlineStr"/>
       <c r="BA107" t="n">
         <v>6117</v>
       </c>
       <c r="BB107" t="n">
         <v>10</v>
       </c>
       <c r="BC107" t="n">
         <v>2.5</v>
       </c>
       <c r="BD107" t="n">
         <v>1.2</v>
       </c>
       <c r="BE107" t="n">
-        <v>1.641571712813992</v>
+        <v>1.641571712835202</v>
       </c>
       <c r="BF107" t="n">
-        <v>3.358428287186008</v>
+        <v>3.358428287164798</v>
       </c>
       <c r="BG107" t="inlineStr"/>
       <c r="BH107" t="inlineStr"/>
       <c r="BI107" t="inlineStr"/>
       <c r="BJ107" t="inlineStr"/>
       <c r="BK107" t="inlineStr"/>
       <c r="BL107" t="b">
         <v>0</v>
       </c>
       <c r="BM107" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN107" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO107" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP107" t="inlineStr">
@@ -28169,54 +28169,54 @@
         </is>
       </c>
       <c r="AW108" t="n">
         <v>1</v>
       </c>
       <c r="AX108" t="inlineStr">
         <is>
           <t>controls (outside)</t>
         </is>
       </c>
       <c r="AY108" t="inlineStr"/>
       <c r="AZ108" t="inlineStr"/>
       <c r="BA108" t="n">
         <v>6118</v>
       </c>
       <c r="BB108" t="n">
         <v>10</v>
       </c>
       <c r="BC108" t="n">
         <v>1.2</v>
       </c>
       <c r="BD108" t="n">
         <v>1.1</v>
       </c>
       <c r="BE108" t="n">
-        <v>0.4131074034128259</v>
+        <v>0.4131074034322688</v>
       </c>
       <c r="BF108" t="n">
-        <v>1.986892596587174</v>
+        <v>1.986892596567731</v>
       </c>
       <c r="BG108" t="inlineStr"/>
       <c r="BH108" t="inlineStr"/>
       <c r="BI108" t="inlineStr"/>
       <c r="BJ108" t="inlineStr"/>
       <c r="BK108" t="inlineStr"/>
       <c r="BL108" t="b">
         <v>0</v>
       </c>
       <c r="BM108" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN108" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO108" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP108" t="inlineStr">
@@ -28430,54 +28430,54 @@
         </is>
       </c>
       <c r="AW109" t="n">
         <v>2</v>
       </c>
       <c r="AX109" t="inlineStr">
         <is>
           <t>exposed (process workers)</t>
         </is>
       </c>
       <c r="AY109" t="inlineStr"/>
       <c r="AZ109" t="inlineStr"/>
       <c r="BA109" t="n">
         <v>6119</v>
       </c>
       <c r="BB109" t="n">
         <v>13</v>
       </c>
       <c r="BC109" t="n">
         <v>1.8</v>
       </c>
       <c r="BD109" t="n">
         <v>1.4</v>
       </c>
       <c r="BE109" t="n">
-        <v>0.9539884670933589</v>
+        <v>0.9539884670918792</v>
       </c>
       <c r="BF109" t="n">
-        <v>2.646011532906641</v>
+        <v>2.646011532908121</v>
       </c>
       <c r="BG109" t="inlineStr"/>
       <c r="BH109" t="inlineStr"/>
       <c r="BI109" t="inlineStr"/>
       <c r="BJ109" t="inlineStr"/>
       <c r="BK109" t="inlineStr"/>
       <c r="BL109" t="b">
         <v>0</v>
       </c>
       <c r="BM109" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN109" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO109" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP109" t="inlineStr">
@@ -28691,54 +28691,54 @@
         </is>
       </c>
       <c r="AW110" t="n">
         <v>3</v>
       </c>
       <c r="AX110" t="inlineStr">
         <is>
           <t>exposed (process laboratory technicians)</t>
         </is>
       </c>
       <c r="AY110" t="inlineStr"/>
       <c r="AZ110" t="inlineStr"/>
       <c r="BA110" t="n">
         <v>6120</v>
       </c>
       <c r="BB110" t="n">
         <v>3</v>
       </c>
       <c r="BC110" t="n">
         <v>2</v>
       </c>
       <c r="BD110" t="n">
         <v>1.6</v>
       </c>
       <c r="BE110" t="n">
-        <v>-1.974620338751274</v>
+        <v>-1.974620338800528</v>
       </c>
       <c r="BF110" t="n">
-        <v>5.974620338751274</v>
+        <v>5.974620338800529</v>
       </c>
       <c r="BG110" t="inlineStr"/>
       <c r="BH110" t="inlineStr"/>
       <c r="BI110" t="inlineStr"/>
       <c r="BJ110" t="inlineStr"/>
       <c r="BK110" t="inlineStr"/>
       <c r="BL110" t="b">
         <v>0</v>
       </c>
       <c r="BM110" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN110" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO110" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP110" t="inlineStr">
@@ -28952,54 +28952,54 @@
         </is>
       </c>
       <c r="AW111" t="n">
         <v>0</v>
       </c>
       <c r="AX111" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY111" t="inlineStr"/>
       <c r="AZ111" t="inlineStr"/>
       <c r="BA111" t="n">
         <v>6121</v>
       </c>
       <c r="BB111" t="n">
         <v>11</v>
       </c>
       <c r="BC111" t="n">
         <v>1.2</v>
       </c>
       <c r="BD111" t="n">
         <v>1</v>
       </c>
       <c r="BE111" t="n">
-        <v>0.5281908588380967</v>
+        <v>0.5281908588316638</v>
       </c>
       <c r="BF111" t="n">
-        <v>1.871809141161903</v>
+        <v>1.871809141168336</v>
       </c>
       <c r="BG111" t="inlineStr"/>
       <c r="BH111" t="inlineStr"/>
       <c r="BI111" t="inlineStr"/>
       <c r="BJ111" t="inlineStr"/>
       <c r="BK111" t="inlineStr"/>
       <c r="BL111" t="b">
         <v>0</v>
       </c>
       <c r="BM111" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN111" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO111" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP111" t="inlineStr">
@@ -29213,54 +29213,54 @@
         </is>
       </c>
       <c r="AW112" t="n">
         <v>1</v>
       </c>
       <c r="AX112" t="inlineStr">
         <is>
           <t>exposed (drug production workers)</t>
         </is>
       </c>
       <c r="AY112" t="inlineStr"/>
       <c r="AZ112" t="inlineStr"/>
       <c r="BA112" t="n">
         <v>6122</v>
       </c>
       <c r="BB112" t="n">
         <v>12</v>
       </c>
       <c r="BC112" t="n">
         <v>1.5</v>
       </c>
       <c r="BD112" t="n">
         <v>1</v>
       </c>
       <c r="BE112" t="n">
-        <v>0.864630312671869</v>
+        <v>0.8646303126693603</v>
       </c>
       <c r="BF112" t="n">
-        <v>2.135369687328131</v>
+        <v>2.13536968733064</v>
       </c>
       <c r="BG112" t="inlineStr"/>
       <c r="BH112" t="inlineStr"/>
       <c r="BI112" t="inlineStr"/>
       <c r="BJ112" t="inlineStr"/>
       <c r="BK112" t="inlineStr"/>
       <c r="BL112" t="b">
         <v>0</v>
       </c>
       <c r="BM112" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN112" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO112" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP112" t="inlineStr">
@@ -29739,51 +29739,51 @@
         </is>
       </c>
       <c r="AW114" t="n">
         <v>0</v>
       </c>
       <c r="AX114" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY114" t="inlineStr"/>
       <c r="AZ114" t="inlineStr"/>
       <c r="BA114" t="n">
         <v>6124</v>
       </c>
       <c r="BB114" t="n">
         <v>7</v>
       </c>
       <c r="BC114" t="n">
         <v>9.4</v>
       </c>
       <c r="BD114" t="n">
         <v>2.1</v>
       </c>
       <c r="BE114" t="n">
-        <v>7.457823928532115</v>
+        <v>7.457823928532107</v>
       </c>
       <c r="BF114" t="n">
         <v>11.34217607146789</v>
       </c>
       <c r="BG114" t="inlineStr"/>
       <c r="BH114" t="inlineStr"/>
       <c r="BI114" t="inlineStr"/>
       <c r="BJ114" t="inlineStr"/>
       <c r="BK114" t="inlineStr"/>
       <c r="BL114" t="b">
         <v>0</v>
       </c>
       <c r="BM114" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN114" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO114" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -30010,54 +30010,54 @@
         </is>
       </c>
       <c r="AW115" t="n">
         <v>1</v>
       </c>
       <c r="AX115" t="inlineStr">
         <is>
           <t>exposed (process workers)</t>
         </is>
       </c>
       <c r="AY115" t="inlineStr"/>
       <c r="AZ115" t="inlineStr"/>
       <c r="BA115" t="n">
         <v>6125</v>
       </c>
       <c r="BB115" t="n">
         <v>7</v>
       </c>
       <c r="BC115" t="n">
         <v>13</v>
       </c>
       <c r="BD115" t="n">
         <v>5.3</v>
       </c>
       <c r="BE115" t="n">
-        <v>8.098317533914383</v>
+        <v>8.098317533914365</v>
       </c>
       <c r="BF115" t="n">
-        <v>17.90168246608562</v>
+        <v>17.90168246608564</v>
       </c>
       <c r="BG115" t="inlineStr"/>
       <c r="BH115" t="inlineStr"/>
       <c r="BI115" t="inlineStr"/>
       <c r="BJ115" t="inlineStr"/>
       <c r="BK115" t="inlineStr"/>
       <c r="BL115" t="b">
         <v>0</v>
       </c>
       <c r="BM115" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN115" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO115" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP115" t="inlineStr">
@@ -30281,54 +30281,54 @@
         </is>
       </c>
       <c r="AW116" t="n">
         <v>2</v>
       </c>
       <c r="AX116" t="inlineStr">
         <is>
           <t>exposed (drug manufacturers)</t>
         </is>
       </c>
       <c r="AY116" t="inlineStr"/>
       <c r="AZ116" t="inlineStr"/>
       <c r="BA116" t="n">
         <v>6126</v>
       </c>
       <c r="BB116" t="n">
         <v>12</v>
       </c>
       <c r="BC116" t="n">
         <v>17.1</v>
       </c>
       <c r="BD116" t="n">
         <v>9.800000000000001</v>
       </c>
       <c r="BE116" t="n">
-        <v>10.87337706418432</v>
+        <v>10.87337706415973</v>
       </c>
       <c r="BF116" t="n">
-        <v>23.32662293581568</v>
+        <v>23.32662293584027</v>
       </c>
       <c r="BG116" t="inlineStr"/>
       <c r="BH116" t="inlineStr"/>
       <c r="BI116" t="inlineStr"/>
       <c r="BJ116" t="inlineStr"/>
       <c r="BK116" t="inlineStr"/>
       <c r="BL116" t="b">
         <v>0</v>
       </c>
       <c r="BM116" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN116" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO116" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP116" t="inlineStr">
@@ -30548,54 +30548,54 @@
         </is>
       </c>
       <c r="AW117" t="n">
         <v>0</v>
       </c>
       <c r="AX117" t="inlineStr">
         <is>
           <t>controls (at the factory)</t>
         </is>
       </c>
       <c r="AY117" t="inlineStr"/>
       <c r="AZ117" t="inlineStr"/>
       <c r="BA117" t="n">
         <v>6127</v>
       </c>
       <c r="BB117" t="n">
         <v>10</v>
       </c>
       <c r="BC117" t="n">
         <v>3.5</v>
       </c>
       <c r="BD117" t="n">
         <v>1.2</v>
       </c>
       <c r="BE117" t="n">
-        <v>2.641571712813992</v>
+        <v>2.641571712835202</v>
       </c>
       <c r="BF117" t="n">
-        <v>4.358428287186008</v>
+        <v>4.358428287164798</v>
       </c>
       <c r="BG117" t="inlineStr"/>
       <c r="BH117" t="inlineStr"/>
       <c r="BI117" t="inlineStr"/>
       <c r="BJ117" t="inlineStr"/>
       <c r="BK117" t="inlineStr"/>
       <c r="BL117" t="b">
         <v>0</v>
       </c>
       <c r="BM117" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN117" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO117" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP117" t="inlineStr">
@@ -30815,54 +30815,54 @@
         </is>
       </c>
       <c r="AW118" t="n">
         <v>1</v>
       </c>
       <c r="AX118" t="inlineStr">
         <is>
           <t>controls (outside)</t>
         </is>
       </c>
       <c r="AY118" t="inlineStr"/>
       <c r="AZ118" t="inlineStr"/>
       <c r="BA118" t="n">
         <v>6128</v>
       </c>
       <c r="BB118" t="n">
         <v>10</v>
       </c>
       <c r="BC118" t="n">
         <v>1.6</v>
       </c>
       <c r="BD118" t="n">
         <v>1.7</v>
       </c>
       <c r="BE118" t="n">
-        <v>0.3838932598198221</v>
+        <v>0.3838932598498701</v>
       </c>
       <c r="BF118" t="n">
-        <v>2.816106740180178</v>
+        <v>2.81610674015013</v>
       </c>
       <c r="BG118" t="inlineStr"/>
       <c r="BH118" t="inlineStr"/>
       <c r="BI118" t="inlineStr"/>
       <c r="BJ118" t="inlineStr"/>
       <c r="BK118" t="inlineStr"/>
       <c r="BL118" t="b">
         <v>0</v>
       </c>
       <c r="BM118" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN118" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO118" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP118" t="inlineStr">
@@ -31082,54 +31082,54 @@
         </is>
       </c>
       <c r="AW119" t="n">
         <v>2</v>
       </c>
       <c r="AX119" t="inlineStr">
         <is>
           <t>exposed (process workers)</t>
         </is>
       </c>
       <c r="AY119" t="inlineStr"/>
       <c r="AZ119" t="inlineStr"/>
       <c r="BA119" t="n">
         <v>6129</v>
       </c>
       <c r="BB119" t="n">
         <v>13</v>
       </c>
       <c r="BC119" t="n">
         <v>2</v>
       </c>
       <c r="BD119" t="n">
         <v>1.6</v>
       </c>
       <c r="BE119" t="n">
-        <v>1.033129676678124</v>
+        <v>1.033129676676433</v>
       </c>
       <c r="BF119" t="n">
-        <v>2.966870323321876</v>
+        <v>2.966870323323567</v>
       </c>
       <c r="BG119" t="inlineStr"/>
       <c r="BH119" t="inlineStr"/>
       <c r="BI119" t="inlineStr"/>
       <c r="BJ119" t="inlineStr"/>
       <c r="BK119" t="inlineStr"/>
       <c r="BL119" t="b">
         <v>0</v>
       </c>
       <c r="BM119" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN119" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO119" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP119" t="inlineStr">
@@ -31349,54 +31349,54 @@
         </is>
       </c>
       <c r="AW120" t="n">
         <v>3</v>
       </c>
       <c r="AX120" t="inlineStr">
         <is>
           <t>exposed (process laboratory technicians)</t>
         </is>
       </c>
       <c r="AY120" t="inlineStr"/>
       <c r="AZ120" t="inlineStr"/>
       <c r="BA120" t="n">
         <v>6130</v>
       </c>
       <c r="BB120" t="n">
         <v>3</v>
       </c>
       <c r="BC120" t="n">
         <v>2.3</v>
       </c>
       <c r="BD120" t="n">
         <v>1.8</v>
       </c>
       <c r="BE120" t="n">
-        <v>-2.171447881095183</v>
+        <v>-2.171447881150595</v>
       </c>
       <c r="BF120" t="n">
-        <v>6.771447881095183</v>
+        <v>6.771447881150594</v>
       </c>
       <c r="BG120" t="inlineStr"/>
       <c r="BH120" t="inlineStr"/>
       <c r="BI120" t="inlineStr"/>
       <c r="BJ120" t="inlineStr"/>
       <c r="BK120" t="inlineStr"/>
       <c r="BL120" t="b">
         <v>0</v>
       </c>
       <c r="BM120" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN120" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO120" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP120" t="inlineStr">
@@ -31616,54 +31616,54 @@
         </is>
       </c>
       <c r="AW121" t="n">
         <v>0</v>
       </c>
       <c r="AX121" t="inlineStr">
         <is>
           <t>controls</t>
         </is>
       </c>
       <c r="AY121" t="inlineStr"/>
       <c r="AZ121" t="inlineStr"/>
       <c r="BA121" t="n">
         <v>6131</v>
       </c>
       <c r="BB121" t="n">
         <v>11</v>
       </c>
       <c r="BC121" t="n">
         <v>1.2</v>
       </c>
       <c r="BD121" t="n">
         <v>1</v>
       </c>
       <c r="BE121" t="n">
-        <v>0.5281908588380967</v>
+        <v>0.5281908588316638</v>
       </c>
       <c r="BF121" t="n">
-        <v>1.871809141161903</v>
+        <v>1.871809141168336</v>
       </c>
       <c r="BG121" t="inlineStr"/>
       <c r="BH121" t="inlineStr"/>
       <c r="BI121" t="inlineStr"/>
       <c r="BJ121" t="inlineStr"/>
       <c r="BK121" t="inlineStr"/>
       <c r="BL121" t="b">
         <v>0</v>
       </c>
       <c r="BM121" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN121" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO121" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP121" t="inlineStr">
@@ -31883,54 +31883,54 @@
         </is>
       </c>
       <c r="AW122" t="n">
         <v>1</v>
       </c>
       <c r="AX122" t="inlineStr">
         <is>
           <t>exposed (drug production workers)</t>
         </is>
       </c>
       <c r="AY122" t="inlineStr"/>
       <c r="AZ122" t="inlineStr"/>
       <c r="BA122" t="n">
         <v>6132</v>
       </c>
       <c r="BB122" t="n">
         <v>12</v>
       </c>
       <c r="BC122" t="n">
         <v>1.5</v>
       </c>
       <c r="BD122" t="n">
         <v>1</v>
       </c>
       <c r="BE122" t="n">
-        <v>0.864630312671869</v>
+        <v>0.8646303126693603</v>
       </c>
       <c r="BF122" t="n">
-        <v>2.135369687328131</v>
+        <v>2.13536968733064</v>
       </c>
       <c r="BG122" t="inlineStr"/>
       <c r="BH122" t="inlineStr"/>
       <c r="BI122" t="inlineStr"/>
       <c r="BJ122" t="inlineStr"/>
       <c r="BK122" t="inlineStr"/>
       <c r="BL122" t="b">
         <v>0</v>
       </c>
       <c r="BM122" t="inlineStr">
         <is>
           <t>not-reported</t>
         </is>
       </c>
       <c r="BN122" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BO122" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="BP122" t="inlineStr">