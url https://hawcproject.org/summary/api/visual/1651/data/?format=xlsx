--- v0 (2025-11-06)
+++ v1 (2026-03-07)
@@ -1018,51 +1018,51 @@
       </c>
       <c r="AA2" t="n">
         <v>0</v>
       </c>
       <c r="AB2" t="inlineStr"/>
       <c r="AC2" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD2" t="inlineStr"/>
       <c r="AE2" t="n">
         <v>1</v>
       </c>
       <c r="AF2" t="n">
         <v>0</v>
       </c>
       <c r="AG2" t="n">
         <v>25</v>
       </c>
       <c r="AH2" t="inlineStr"/>
       <c r="AI2" t="n">
         <v>102</v>
       </c>
       <c r="AJ2" t="n">
-        <v>97.41814519318579</v>
+        <v>97.41814519318578</v>
       </c>
       <c r="AK2" t="n">
         <v>106.5818548068142</v>
       </c>
       <c r="AL2" t="b">
         <v>0</v>
       </c>
       <c r="AM2" t="inlineStr"/>
       <c r="AN2" t="inlineStr"/>
       <c r="AO2" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP2" t="n">
         <v>0</v>
       </c>
       <c r="AQ2" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR2" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
@@ -1286,51 +1286,51 @@
       </c>
       <c r="AA3" t="n">
         <v>0</v>
       </c>
       <c r="AB3" t="inlineStr"/>
       <c r="AC3" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD3" t="inlineStr"/>
       <c r="AE3" t="n">
         <v>2</v>
       </c>
       <c r="AF3" t="n">
         <v>1</v>
       </c>
       <c r="AG3" t="n">
         <v>25</v>
       </c>
       <c r="AH3" t="inlineStr"/>
       <c r="AI3" t="n">
         <v>98.59999999999999</v>
       </c>
       <c r="AJ3" t="n">
-        <v>92.94491794113922</v>
+        <v>92.94491794113921</v>
       </c>
       <c r="AK3" t="n">
         <v>104.2550820588608</v>
       </c>
       <c r="AL3" t="b">
         <v>0</v>
       </c>
       <c r="AM3" t="inlineStr"/>
       <c r="AN3" t="inlineStr"/>
       <c r="AO3" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP3" t="n">
         <v>7</v>
       </c>
       <c r="AQ3" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR3" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
@@ -1822,54 +1822,54 @@
       </c>
       <c r="AA5" t="n">
         <v>0</v>
       </c>
       <c r="AB5" t="inlineStr"/>
       <c r="AC5" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD5" t="inlineStr"/>
       <c r="AE5" t="n">
         <v>4</v>
       </c>
       <c r="AF5" t="n">
         <v>3</v>
       </c>
       <c r="AG5" t="n">
         <v>24</v>
       </c>
       <c r="AH5" t="inlineStr"/>
       <c r="AI5" t="n">
         <v>88</v>
       </c>
       <c r="AJ5" t="n">
-        <v>82.9328444019482</v>
+        <v>82.93284440194819</v>
       </c>
       <c r="AK5" t="n">
-        <v>93.0671555980518</v>
+        <v>93.06715559805181</v>
       </c>
       <c r="AL5" t="b">
         <v>1</v>
       </c>
       <c r="AM5" t="n">
         <v>0.05</v>
       </c>
       <c r="AN5" t="inlineStr"/>
       <c r="AO5" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP5" t="n">
         <v>186</v>
       </c>
       <c r="AQ5" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR5" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -5274,54 +5274,54 @@
       </c>
       <c r="AA18" t="n">
         <v>0</v>
       </c>
       <c r="AB18" t="inlineStr"/>
       <c r="AC18" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD18" t="inlineStr"/>
       <c r="AE18" t="n">
         <v>17</v>
       </c>
       <c r="AF18" t="n">
         <v>0</v>
       </c>
       <c r="AG18" t="n">
         <v>25</v>
       </c>
       <c r="AH18" t="inlineStr"/>
       <c r="AI18" t="n">
         <v>55.8</v>
       </c>
       <c r="AJ18" t="n">
-        <v>50.64025359592995</v>
+        <v>50.64025359592993</v>
       </c>
       <c r="AK18" t="n">
-        <v>60.95974640407005</v>
+        <v>60.95974640407006</v>
       </c>
       <c r="AL18" t="b">
         <v>0</v>
       </c>
       <c r="AM18" t="inlineStr"/>
       <c r="AN18" t="inlineStr"/>
       <c r="AO18" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP18" t="n">
         <v>0</v>
       </c>
       <c r="AQ18" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR18" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS18" t="inlineStr">
@@ -5542,54 +5542,54 @@
       </c>
       <c r="AA19" t="n">
         <v>0</v>
       </c>
       <c r="AB19" t="inlineStr"/>
       <c r="AC19" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD19" t="inlineStr"/>
       <c r="AE19" t="n">
         <v>18</v>
       </c>
       <c r="AF19" t="n">
         <v>1</v>
       </c>
       <c r="AG19" t="n">
         <v>25</v>
       </c>
       <c r="AH19" t="inlineStr"/>
       <c r="AI19" t="n">
         <v>52.9</v>
       </c>
       <c r="AJ19" t="n">
-        <v>46.5431924301857</v>
+        <v>46.54319243018568</v>
       </c>
       <c r="AK19" t="n">
-        <v>59.2568075698143</v>
+        <v>59.25680756981431</v>
       </c>
       <c r="AL19" t="b">
         <v>0</v>
       </c>
       <c r="AM19" t="inlineStr"/>
       <c r="AN19" t="inlineStr"/>
       <c r="AO19" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP19" t="n">
         <v>7</v>
       </c>
       <c r="AQ19" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR19" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS19" t="inlineStr">
@@ -5810,54 +5810,54 @@
       </c>
       <c r="AA20" t="n">
         <v>0</v>
       </c>
       <c r="AB20" t="inlineStr"/>
       <c r="AC20" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD20" t="inlineStr"/>
       <c r="AE20" t="n">
         <v>19</v>
       </c>
       <c r="AF20" t="n">
         <v>2</v>
       </c>
       <c r="AG20" t="n">
         <v>25</v>
       </c>
       <c r="AH20" t="inlineStr"/>
       <c r="AI20" t="n">
         <v>64.8</v>
       </c>
       <c r="AJ20" t="n">
-        <v>57.61763300553449</v>
+        <v>57.61763300553447</v>
       </c>
       <c r="AK20" t="n">
-        <v>71.98236699446551</v>
+        <v>71.98236699446552</v>
       </c>
       <c r="AL20" t="b">
         <v>0</v>
       </c>
       <c r="AM20" t="inlineStr"/>
       <c r="AN20" t="inlineStr"/>
       <c r="AO20" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP20" t="n">
         <v>37</v>
       </c>
       <c r="AQ20" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR20" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS20" t="inlineStr">
@@ -6081,51 +6081,51 @@
       </c>
       <c r="AB21" t="inlineStr"/>
       <c r="AC21" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD21" t="inlineStr"/>
       <c r="AE21" t="n">
         <v>20</v>
       </c>
       <c r="AF21" t="n">
         <v>3</v>
       </c>
       <c r="AG21" t="n">
         <v>24</v>
       </c>
       <c r="AH21" t="inlineStr"/>
       <c r="AI21" t="n">
         <v>119.9</v>
       </c>
       <c r="AJ21" t="n">
         <v>106.1764535886097</v>
       </c>
       <c r="AK21" t="n">
-        <v>133.6235464113903</v>
+        <v>133.6235464113904</v>
       </c>
       <c r="AL21" t="b">
         <v>1</v>
       </c>
       <c r="AM21" t="n">
         <v>0.05</v>
       </c>
       <c r="AN21" t="inlineStr"/>
       <c r="AO21" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP21" t="n">
         <v>186</v>
       </c>
       <c r="AQ21" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR21" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -6890,54 +6890,54 @@
         <v>2</v>
       </c>
       <c r="AB24" t="n">
         <v>0.01</v>
       </c>
       <c r="AC24" t="inlineStr">
         <is>
           <t>significant</t>
         </is>
       </c>
       <c r="AD24" t="inlineStr"/>
       <c r="AE24" t="n">
         <v>23</v>
       </c>
       <c r="AF24" t="n">
         <v>2</v>
       </c>
       <c r="AG24" t="n">
         <v>25</v>
       </c>
       <c r="AH24" t="inlineStr"/>
       <c r="AI24" t="n">
         <v>462</v>
       </c>
       <c r="AJ24" t="n">
-        <v>445.9015912193015</v>
+        <v>445.9015912193014</v>
       </c>
       <c r="AK24" t="n">
-        <v>478.0984087806985</v>
+        <v>478.0984087806986</v>
       </c>
       <c r="AL24" t="b">
         <v>0</v>
       </c>
       <c r="AM24" t="inlineStr"/>
       <c r="AN24" t="inlineStr"/>
       <c r="AO24" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP24" t="n">
         <v>37</v>
       </c>
       <c r="AQ24" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR24" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS24" t="inlineStr">
@@ -7430,54 +7430,54 @@
       </c>
       <c r="AA26" t="n">
         <v>0</v>
       </c>
       <c r="AB26" t="inlineStr"/>
       <c r="AC26" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD26" t="inlineStr"/>
       <c r="AE26" t="n">
         <v>25</v>
       </c>
       <c r="AF26" t="n">
         <v>0</v>
       </c>
       <c r="AG26" t="n">
         <v>25</v>
       </c>
       <c r="AH26" t="inlineStr"/>
       <c r="AI26" t="n">
         <v>0.7</v>
       </c>
       <c r="AJ26" t="n">
-        <v>0.3656484330162606</v>
+        <v>0.36564843301626</v>
       </c>
       <c r="AK26" t="n">
-        <v>1.034351566983739</v>
+        <v>1.03435156698374</v>
       </c>
       <c r="AL26" t="b">
         <v>0</v>
       </c>
       <c r="AM26" t="inlineStr"/>
       <c r="AN26" t="inlineStr"/>
       <c r="AO26" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP26" t="n">
         <v>0</v>
       </c>
       <c r="AQ26" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR26" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS26" t="inlineStr">
@@ -7698,54 +7698,54 @@
       </c>
       <c r="AA27" t="n">
         <v>0</v>
       </c>
       <c r="AB27" t="inlineStr"/>
       <c r="AC27" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD27" t="inlineStr"/>
       <c r="AE27" t="n">
         <v>26</v>
       </c>
       <c r="AF27" t="n">
         <v>1</v>
       </c>
       <c r="AG27" t="n">
         <v>25</v>
       </c>
       <c r="AH27" t="inlineStr"/>
       <c r="AI27" t="n">
         <v>0.72</v>
       </c>
       <c r="AJ27" t="n">
-        <v>0.4640765783581254</v>
+        <v>0.4640765783581249</v>
       </c>
       <c r="AK27" t="n">
-        <v>0.9759234216418745</v>
+        <v>0.9759234216418751</v>
       </c>
       <c r="AL27" t="b">
         <v>0</v>
       </c>
       <c r="AM27" t="inlineStr"/>
       <c r="AN27" t="inlineStr"/>
       <c r="AO27" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP27" t="n">
         <v>7</v>
       </c>
       <c r="AQ27" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR27" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS27" t="inlineStr">
@@ -7966,54 +7966,54 @@
       </c>
       <c r="AA28" t="n">
         <v>0</v>
       </c>
       <c r="AB28" t="inlineStr"/>
       <c r="AC28" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD28" t="inlineStr"/>
       <c r="AE28" t="n">
         <v>27</v>
       </c>
       <c r="AF28" t="n">
         <v>2</v>
       </c>
       <c r="AG28" t="n">
         <v>25</v>
       </c>
       <c r="AH28" t="inlineStr"/>
       <c r="AI28" t="n">
         <v>0.75</v>
       </c>
       <c r="AJ28" t="n">
-        <v>0.555993535206966</v>
+        <v>0.5559935352069657</v>
       </c>
       <c r="AK28" t="n">
-        <v>0.944006464793034</v>
+        <v>0.9440064647930343</v>
       </c>
       <c r="AL28" t="b">
         <v>1</v>
       </c>
       <c r="AM28" t="n">
         <v>0.05</v>
       </c>
       <c r="AN28" t="inlineStr"/>
       <c r="AO28" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP28" t="n">
         <v>37</v>
       </c>
       <c r="AQ28" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR28" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -8236,54 +8236,54 @@
       </c>
       <c r="AA29" t="n">
         <v>0</v>
       </c>
       <c r="AB29" t="inlineStr"/>
       <c r="AC29" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD29" t="inlineStr"/>
       <c r="AE29" t="n">
         <v>28</v>
       </c>
       <c r="AF29" t="n">
         <v>3</v>
       </c>
       <c r="AG29" t="n">
         <v>24</v>
       </c>
       <c r="AH29" t="inlineStr"/>
       <c r="AI29" t="n">
         <v>0.85</v>
       </c>
       <c r="AJ29" t="n">
-        <v>0.6093101090925395</v>
+        <v>0.6093101090925386</v>
       </c>
       <c r="AK29" t="n">
-        <v>1.09068989090746</v>
+        <v>1.090689890907461</v>
       </c>
       <c r="AL29" t="b">
         <v>1</v>
       </c>
       <c r="AM29" t="n">
         <v>0.05</v>
       </c>
       <c r="AN29" t="inlineStr"/>
       <c r="AO29" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP29" t="n">
         <v>186</v>
       </c>
       <c r="AQ29" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR29" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -8510,54 +8510,54 @@
       </c>
       <c r="AA30" t="n">
         <v>0</v>
       </c>
       <c r="AB30" t="inlineStr"/>
       <c r="AC30" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD30" t="inlineStr"/>
       <c r="AE30" t="n">
         <v>29</v>
       </c>
       <c r="AF30" t="n">
         <v>0</v>
       </c>
       <c r="AG30" t="n">
         <v>25</v>
       </c>
       <c r="AH30" t="inlineStr"/>
       <c r="AI30" t="n">
         <v>2.61</v>
       </c>
       <c r="AJ30" t="n">
-        <v>2.461399303562783</v>
+        <v>2.461399303562782</v>
       </c>
       <c r="AK30" t="n">
-        <v>2.758600696437217</v>
+        <v>2.758600696437218</v>
       </c>
       <c r="AL30" t="b">
         <v>0</v>
       </c>
       <c r="AM30" t="inlineStr"/>
       <c r="AN30" t="inlineStr"/>
       <c r="AO30" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP30" t="n">
         <v>0</v>
       </c>
       <c r="AQ30" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR30" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS30" t="inlineStr">
@@ -9328,54 +9328,54 @@
       </c>
       <c r="AA33" t="n">
         <v>0</v>
       </c>
       <c r="AB33" t="inlineStr"/>
       <c r="AC33" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD33" t="inlineStr"/>
       <c r="AE33" t="n">
         <v>32</v>
       </c>
       <c r="AF33" t="n">
         <v>3</v>
       </c>
       <c r="AG33" t="n">
         <v>24</v>
       </c>
       <c r="AH33" t="inlineStr"/>
       <c r="AI33" t="n">
         <v>4.66</v>
       </c>
       <c r="AJ33" t="n">
-        <v>4.482649554068187</v>
+        <v>4.482649554068186</v>
       </c>
       <c r="AK33" t="n">
-        <v>4.837350445931813</v>
+        <v>4.837350445931814</v>
       </c>
       <c r="AL33" t="b">
         <v>1</v>
       </c>
       <c r="AM33" t="n">
         <v>0.05</v>
       </c>
       <c r="AN33" t="inlineStr"/>
       <c r="AO33" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP33" t="n">
         <v>186</v>
       </c>
       <c r="AQ33" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR33" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -9874,54 +9874,54 @@
       </c>
       <c r="AA35" t="n">
         <v>0</v>
       </c>
       <c r="AB35" t="inlineStr"/>
       <c r="AC35" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD35" t="inlineStr"/>
       <c r="AE35" t="n">
         <v>34</v>
       </c>
       <c r="AF35" t="n">
         <v>1</v>
       </c>
       <c r="AG35" t="n">
         <v>25</v>
       </c>
       <c r="AH35" t="inlineStr"/>
       <c r="AI35" t="n">
         <v>0.6899999999999999</v>
       </c>
       <c r="AJ35" t="n">
-        <v>0.6532626056030212</v>
+        <v>0.6532626056030211</v>
       </c>
       <c r="AK35" t="n">
-        <v>0.7267373943969787</v>
+        <v>0.7267373943969788</v>
       </c>
       <c r="AL35" t="b">
         <v>0</v>
       </c>
       <c r="AM35" t="inlineStr"/>
       <c r="AN35" t="inlineStr"/>
       <c r="AO35" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP35" t="n">
         <v>7</v>
       </c>
       <c r="AQ35" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR35" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS35" t="inlineStr">
@@ -10420,54 +10420,54 @@
       </c>
       <c r="AA37" t="n">
         <v>0</v>
       </c>
       <c r="AB37" t="inlineStr"/>
       <c r="AC37" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD37" t="inlineStr"/>
       <c r="AE37" t="n">
         <v>36</v>
       </c>
       <c r="AF37" t="n">
         <v>3</v>
       </c>
       <c r="AG37" t="n">
         <v>24</v>
       </c>
       <c r="AH37" t="inlineStr"/>
       <c r="AI37" t="n">
         <v>0.85</v>
       </c>
       <c r="AJ37" t="n">
-        <v>0.8056623885170467</v>
+        <v>0.8056623885170465</v>
       </c>
       <c r="AK37" t="n">
-        <v>0.8943376114829532</v>
+        <v>0.8943376114829534</v>
       </c>
       <c r="AL37" t="b">
         <v>1</v>
       </c>
       <c r="AM37" t="n">
         <v>0.05</v>
       </c>
       <c r="AN37" t="inlineStr"/>
       <c r="AO37" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP37" t="n">
         <v>186</v>
       </c>
       <c r="AQ37" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR37" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -10966,54 +10966,54 @@
       </c>
       <c r="AA39" t="n">
         <v>0</v>
       </c>
       <c r="AB39" t="inlineStr"/>
       <c r="AC39" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD39" t="inlineStr"/>
       <c r="AE39" t="n">
         <v>38</v>
       </c>
       <c r="AF39" t="n">
         <v>1</v>
       </c>
       <c r="AG39" t="n">
         <v>10</v>
       </c>
       <c r="AH39" t="inlineStr"/>
       <c r="AI39" t="n">
         <v>2.7</v>
       </c>
       <c r="AJ39" t="n">
-        <v>2.485392928203498</v>
+        <v>2.485392928208801</v>
       </c>
       <c r="AK39" t="n">
-        <v>2.914607071796502</v>
+        <v>2.914607071791199</v>
       </c>
       <c r="AL39" t="b">
         <v>0</v>
       </c>
       <c r="AM39" t="inlineStr"/>
       <c r="AN39" t="inlineStr"/>
       <c r="AO39" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP39" t="n">
         <v>9</v>
       </c>
       <c r="AQ39" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR39" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS39" t="inlineStr">
@@ -11510,54 +11510,54 @@
       </c>
       <c r="AA41" t="n">
         <v>0</v>
       </c>
       <c r="AB41" t="inlineStr"/>
       <c r="AC41" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD41" t="inlineStr"/>
       <c r="AE41" t="n">
         <v>40</v>
       </c>
       <c r="AF41" t="n">
         <v>3</v>
       </c>
       <c r="AG41" t="n">
         <v>10</v>
       </c>
       <c r="AH41" t="inlineStr"/>
       <c r="AI41" t="n">
         <v>3</v>
       </c>
       <c r="AJ41" t="n">
-        <v>2.570785856406996</v>
+        <v>2.570785856417601</v>
       </c>
       <c r="AK41" t="n">
-        <v>3.429214143593004</v>
+        <v>3.429214143582399</v>
       </c>
       <c r="AL41" t="b">
         <v>0</v>
       </c>
       <c r="AM41" t="inlineStr"/>
       <c r="AN41" t="inlineStr"/>
       <c r="AO41" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP41" t="n">
         <v>230</v>
       </c>
       <c r="AQ41" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR41" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS41" t="inlineStr">
@@ -12328,54 +12328,54 @@
       </c>
       <c r="AA44" t="n">
         <v>0</v>
       </c>
       <c r="AB44" t="inlineStr"/>
       <c r="AC44" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD44" t="inlineStr"/>
       <c r="AE44" t="n">
         <v>43</v>
       </c>
       <c r="AF44" t="n">
         <v>1</v>
       </c>
       <c r="AG44" t="n">
         <v>10</v>
       </c>
       <c r="AH44" t="inlineStr"/>
       <c r="AI44" t="n">
         <v>1.6</v>
       </c>
       <c r="AJ44" t="n">
-        <v>1.528464309401166</v>
+        <v>1.528464309402934</v>
       </c>
       <c r="AK44" t="n">
-        <v>1.671535690598834</v>
+        <v>1.671535690597067</v>
       </c>
       <c r="AL44" t="b">
         <v>0</v>
       </c>
       <c r="AM44" t="inlineStr"/>
       <c r="AN44" t="inlineStr"/>
       <c r="AO44" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP44" t="n">
         <v>9</v>
       </c>
       <c r="AQ44" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR44" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS44" t="inlineStr">
@@ -12872,54 +12872,54 @@
       </c>
       <c r="AA46" t="n">
         <v>0</v>
       </c>
       <c r="AB46" t="inlineStr"/>
       <c r="AC46" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD46" t="inlineStr"/>
       <c r="AE46" t="n">
         <v>45</v>
       </c>
       <c r="AF46" t="n">
         <v>3</v>
       </c>
       <c r="AG46" t="n">
         <v>10</v>
       </c>
       <c r="AH46" t="inlineStr"/>
       <c r="AI46" t="n">
         <v>1.9</v>
       </c>
       <c r="AJ46" t="n">
-        <v>1.399250165808162</v>
+        <v>1.399250165820535</v>
       </c>
       <c r="AK46" t="n">
-        <v>2.400749834191838</v>
+        <v>2.400749834179465</v>
       </c>
       <c r="AL46" t="b">
         <v>0</v>
       </c>
       <c r="AM46" t="inlineStr"/>
       <c r="AN46" t="inlineStr"/>
       <c r="AO46" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP46" t="n">
         <v>230</v>
       </c>
       <c r="AQ46" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR46" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS46" t="inlineStr">
@@ -13690,54 +13690,54 @@
       </c>
       <c r="AA49" t="n">
         <v>0</v>
       </c>
       <c r="AB49" t="inlineStr"/>
       <c r="AC49" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD49" t="inlineStr"/>
       <c r="AE49" t="n">
         <v>48</v>
       </c>
       <c r="AF49" t="n">
         <v>1</v>
       </c>
       <c r="AG49" t="n">
         <v>10</v>
       </c>
       <c r="AH49" t="inlineStr"/>
       <c r="AI49" t="n">
         <v>7.1</v>
       </c>
       <c r="AJ49" t="n">
-        <v>6.599250165808161</v>
+        <v>6.599250165820535</v>
       </c>
       <c r="AK49" t="n">
-        <v>7.600749834191838</v>
+        <v>7.600749834179465</v>
       </c>
       <c r="AL49" t="b">
         <v>0</v>
       </c>
       <c r="AM49" t="inlineStr"/>
       <c r="AN49" t="inlineStr"/>
       <c r="AO49" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP49" t="n">
         <v>9</v>
       </c>
       <c r="AQ49" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR49" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS49" t="inlineStr">
@@ -14234,54 +14234,54 @@
       </c>
       <c r="AA51" t="n">
         <v>0</v>
       </c>
       <c r="AB51" t="inlineStr"/>
       <c r="AC51" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD51" t="inlineStr"/>
       <c r="AE51" t="n">
         <v>50</v>
       </c>
       <c r="AF51" t="n">
         <v>3</v>
       </c>
       <c r="AG51" t="n">
         <v>10</v>
       </c>
       <c r="AH51" t="inlineStr"/>
       <c r="AI51" t="n">
         <v>8.5</v>
       </c>
       <c r="AJ51" t="n">
-        <v>8.070785856406996</v>
+        <v>8.070785856417601</v>
       </c>
       <c r="AK51" t="n">
-        <v>8.929214143593004</v>
+        <v>8.929214143582399</v>
       </c>
       <c r="AL51" t="b">
         <v>1</v>
       </c>
       <c r="AM51" t="n">
         <v>0.05</v>
       </c>
       <c r="AN51" t="inlineStr"/>
       <c r="AO51" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP51" t="n">
         <v>230</v>
       </c>
       <c r="AQ51" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR51" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -15054,54 +15054,54 @@
       </c>
       <c r="AA54" t="n">
         <v>0</v>
       </c>
       <c r="AB54" t="inlineStr"/>
       <c r="AC54" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD54" t="inlineStr"/>
       <c r="AE54" t="n">
         <v>53</v>
       </c>
       <c r="AF54" t="n">
         <v>1</v>
       </c>
       <c r="AG54" t="n">
         <v>10</v>
       </c>
       <c r="AH54" t="inlineStr"/>
       <c r="AI54" t="n">
         <v>34.9</v>
       </c>
       <c r="AJ54" t="n">
-        <v>31.25167977945947</v>
+        <v>31.25167977954961</v>
       </c>
       <c r="AK54" t="n">
-        <v>38.54832022054053</v>
+        <v>38.54832022045039</v>
       </c>
       <c r="AL54" t="b">
         <v>0</v>
       </c>
       <c r="AM54" t="inlineStr"/>
       <c r="AN54" t="inlineStr"/>
       <c r="AO54" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP54" t="n">
         <v>9</v>
       </c>
       <c r="AQ54" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR54" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS54" t="inlineStr">
@@ -15600,54 +15600,54 @@
       </c>
       <c r="AA56" t="n">
         <v>0</v>
       </c>
       <c r="AB56" t="inlineStr"/>
       <c r="AC56" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD56" t="inlineStr"/>
       <c r="AE56" t="n">
         <v>55</v>
       </c>
       <c r="AF56" t="n">
         <v>3</v>
       </c>
       <c r="AG56" t="n">
         <v>10</v>
       </c>
       <c r="AH56" t="inlineStr"/>
       <c r="AI56" t="n">
         <v>56.7</v>
       </c>
       <c r="AJ56" t="n">
-        <v>52.4793942546688</v>
+        <v>52.47939425477308</v>
       </c>
       <c r="AK56" t="n">
-        <v>60.92060574533121</v>
+        <v>60.92060574522692</v>
       </c>
       <c r="AL56" t="b">
         <v>1</v>
       </c>
       <c r="AM56" t="n">
         <v>0.05</v>
       </c>
       <c r="AN56" t="inlineStr"/>
       <c r="AO56" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP56" t="n">
         <v>230</v>
       </c>
       <c r="AQ56" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR56" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -16420,54 +16420,54 @@
       </c>
       <c r="AA59" t="n">
         <v>0</v>
       </c>
       <c r="AB59" t="inlineStr"/>
       <c r="AC59" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD59" t="inlineStr"/>
       <c r="AE59" t="n">
         <v>58</v>
       </c>
       <c r="AF59" t="n">
         <v>1</v>
       </c>
       <c r="AG59" t="n">
         <v>10</v>
       </c>
       <c r="AH59" t="inlineStr"/>
       <c r="AI59" t="n">
         <v>9.1</v>
       </c>
       <c r="AJ59" t="n">
-        <v>8.670785856406996</v>
+        <v>8.6707858564176</v>
       </c>
       <c r="AK59" t="n">
-        <v>9.529214143593004</v>
+        <v>9.529214143582399</v>
       </c>
       <c r="AL59" t="b">
         <v>0</v>
       </c>
       <c r="AM59" t="inlineStr"/>
       <c r="AN59" t="inlineStr"/>
       <c r="AO59" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP59" t="n">
         <v>9</v>
       </c>
       <c r="AQ59" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR59" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS59" t="inlineStr">
@@ -16964,54 +16964,54 @@
       </c>
       <c r="AA61" t="n">
         <v>0</v>
       </c>
       <c r="AB61" t="inlineStr"/>
       <c r="AC61" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD61" t="inlineStr"/>
       <c r="AE61" t="n">
         <v>60</v>
       </c>
       <c r="AF61" t="n">
         <v>3</v>
       </c>
       <c r="AG61" t="n">
         <v>10</v>
       </c>
       <c r="AH61" t="inlineStr"/>
       <c r="AI61" t="n">
         <v>10.3</v>
       </c>
       <c r="AJ61" t="n">
-        <v>9.58464309401166</v>
+        <v>9.584643094029335</v>
       </c>
       <c r="AK61" t="n">
-        <v>11.01535690598834</v>
+        <v>11.01535690597067</v>
       </c>
       <c r="AL61" t="b">
         <v>1</v>
       </c>
       <c r="AM61" t="n">
         <v>0.05</v>
       </c>
       <c r="AN61" t="inlineStr"/>
       <c r="AO61" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP61" t="n">
         <v>230</v>
       </c>
       <c r="AQ61" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR61" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -17238,51 +17238,51 @@
       </c>
       <c r="AA62" t="n">
         <v>0</v>
       </c>
       <c r="AB62" t="inlineStr"/>
       <c r="AC62" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD62" t="inlineStr"/>
       <c r="AE62" t="n">
         <v>61</v>
       </c>
       <c r="AF62" t="n">
         <v>4</v>
       </c>
       <c r="AG62" t="n">
         <v>6</v>
       </c>
       <c r="AH62" t="inlineStr"/>
       <c r="AI62" t="n">
         <v>10.9</v>
       </c>
       <c r="AJ62" t="n">
-        <v>6.807201004405662</v>
+        <v>6.807201004405661</v>
       </c>
       <c r="AK62" t="n">
         <v>14.99279899559434</v>
       </c>
       <c r="AL62" t="b">
         <v>1</v>
       </c>
       <c r="AM62" t="n">
         <v>0.05</v>
       </c>
       <c r="AN62" t="inlineStr"/>
       <c r="AO62" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP62" t="n">
         <v>1152</v>
       </c>
       <c r="AQ62" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR62" t="inlineStr">
@@ -17784,54 +17784,54 @@
       </c>
       <c r="AA64" t="n">
         <v>0</v>
       </c>
       <c r="AB64" t="inlineStr"/>
       <c r="AC64" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD64" t="inlineStr"/>
       <c r="AE64" t="n">
         <v>63</v>
       </c>
       <c r="AF64" t="n">
         <v>1</v>
       </c>
       <c r="AG64" t="n">
         <v>10</v>
       </c>
       <c r="AH64" t="inlineStr"/>
       <c r="AI64" t="n">
         <v>3.3</v>
       </c>
       <c r="AJ64" t="n">
-        <v>3.013857237604664</v>
+        <v>3.013857237611734</v>
       </c>
       <c r="AK64" t="n">
-        <v>3.586142762395336</v>
+        <v>3.586142762388266</v>
       </c>
       <c r="AL64" t="b">
         <v>0</v>
       </c>
       <c r="AM64" t="inlineStr"/>
       <c r="AN64" t="inlineStr"/>
       <c r="AO64" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP64" t="n">
         <v>10</v>
       </c>
       <c r="AQ64" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR64" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS64" t="inlineStr">
@@ -18328,54 +18328,54 @@
       </c>
       <c r="AA66" t="n">
         <v>0</v>
       </c>
       <c r="AB66" t="inlineStr"/>
       <c r="AC66" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD66" t="inlineStr"/>
       <c r="AE66" t="n">
         <v>65</v>
       </c>
       <c r="AF66" t="n">
         <v>3</v>
       </c>
       <c r="AG66" t="n">
         <v>10</v>
       </c>
       <c r="AH66" t="inlineStr"/>
       <c r="AI66" t="n">
         <v>3.2</v>
       </c>
       <c r="AJ66" t="n">
-        <v>2.84232154700583</v>
+        <v>2.842321547014668</v>
       </c>
       <c r="AK66" t="n">
-        <v>3.55767845299417</v>
+        <v>3.557678452985332</v>
       </c>
       <c r="AL66" t="b">
         <v>0</v>
       </c>
       <c r="AM66" t="inlineStr"/>
       <c r="AN66" t="inlineStr"/>
       <c r="AO66" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP66" t="n">
         <v>256</v>
       </c>
       <c r="AQ66" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR66" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS66" t="inlineStr">
@@ -19146,54 +19146,54 @@
       </c>
       <c r="AA69" t="n">
         <v>0</v>
       </c>
       <c r="AB69" t="inlineStr"/>
       <c r="AC69" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD69" t="inlineStr"/>
       <c r="AE69" t="n">
         <v>68</v>
       </c>
       <c r="AF69" t="n">
         <v>1</v>
       </c>
       <c r="AG69" t="n">
         <v>10</v>
       </c>
       <c r="AH69" t="inlineStr"/>
       <c r="AI69" t="n">
         <v>2.9</v>
       </c>
       <c r="AJ69" t="n">
-        <v>2.041571712813992</v>
+        <v>2.041571712835202</v>
       </c>
       <c r="AK69" t="n">
-        <v>3.758428287186008</v>
+        <v>3.758428287164798</v>
       </c>
       <c r="AL69" t="b">
         <v>0</v>
       </c>
       <c r="AM69" t="inlineStr"/>
       <c r="AN69" t="inlineStr"/>
       <c r="AO69" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP69" t="n">
         <v>10</v>
       </c>
       <c r="AQ69" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR69" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS69" t="inlineStr">
@@ -19690,54 +19690,54 @@
       </c>
       <c r="AA71" t="n">
         <v>0</v>
       </c>
       <c r="AB71" t="inlineStr"/>
       <c r="AC71" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD71" t="inlineStr"/>
       <c r="AE71" t="n">
         <v>70</v>
       </c>
       <c r="AF71" t="n">
         <v>3</v>
       </c>
       <c r="AG71" t="n">
         <v>10</v>
       </c>
       <c r="AH71" t="inlineStr"/>
       <c r="AI71" t="n">
         <v>2.6</v>
       </c>
       <c r="AJ71" t="n">
-        <v>1.88464309401166</v>
+        <v>1.884643094029335</v>
       </c>
       <c r="AK71" t="n">
-        <v>3.31535690598834</v>
+        <v>3.315356905970665</v>
       </c>
       <c r="AL71" t="b">
         <v>0</v>
       </c>
       <c r="AM71" t="inlineStr"/>
       <c r="AN71" t="inlineStr"/>
       <c r="AO71" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP71" t="n">
         <v>256</v>
       </c>
       <c r="AQ71" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR71" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS71" t="inlineStr">
@@ -20506,54 +20506,54 @@
       </c>
       <c r="AA74" t="n">
         <v>0</v>
       </c>
       <c r="AB74" t="inlineStr"/>
       <c r="AC74" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD74" t="inlineStr"/>
       <c r="AE74" t="n">
         <v>73</v>
       </c>
       <c r="AF74" t="n">
         <v>1</v>
       </c>
       <c r="AG74" t="n">
         <v>10</v>
       </c>
       <c r="AH74" t="inlineStr"/>
       <c r="AI74" t="n">
         <v>7.6</v>
       </c>
       <c r="AJ74" t="n">
-        <v>7.170785856406996</v>
+        <v>7.170785856417601</v>
       </c>
       <c r="AK74" t="n">
-        <v>8.029214143593004</v>
+        <v>8.029214143582399</v>
       </c>
       <c r="AL74" t="b">
         <v>0</v>
       </c>
       <c r="AM74" t="inlineStr"/>
       <c r="AN74" t="inlineStr"/>
       <c r="AO74" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP74" t="n">
         <v>10</v>
       </c>
       <c r="AQ74" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR74" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS74" t="inlineStr">
@@ -21050,54 +21050,54 @@
       </c>
       <c r="AA76" t="n">
         <v>0</v>
       </c>
       <c r="AB76" t="inlineStr"/>
       <c r="AC76" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD76" t="inlineStr"/>
       <c r="AE76" t="n">
         <v>75</v>
       </c>
       <c r="AF76" t="n">
         <v>3</v>
       </c>
       <c r="AG76" t="n">
         <v>10</v>
       </c>
       <c r="AH76" t="inlineStr"/>
       <c r="AI76" t="n">
         <v>8.199999999999999</v>
       </c>
       <c r="AJ76" t="n">
-        <v>7.842321547005829</v>
+        <v>7.842321547014667</v>
       </c>
       <c r="AK76" t="n">
-        <v>8.557678452994169</v>
+        <v>8.557678452985332</v>
       </c>
       <c r="AL76" t="b">
         <v>0</v>
       </c>
       <c r="AM76" t="inlineStr"/>
       <c r="AN76" t="inlineStr"/>
       <c r="AO76" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP76" t="n">
         <v>256</v>
       </c>
       <c r="AQ76" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR76" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS76" t="inlineStr">
@@ -21868,54 +21868,54 @@
       </c>
       <c r="AA79" t="n">
         <v>0</v>
       </c>
       <c r="AB79" t="inlineStr"/>
       <c r="AC79" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD79" t="inlineStr"/>
       <c r="AE79" t="n">
         <v>78</v>
       </c>
       <c r="AF79" t="n">
         <v>1</v>
       </c>
       <c r="AG79" t="n">
         <v>10</v>
       </c>
       <c r="AH79" t="inlineStr"/>
       <c r="AI79" t="n">
         <v>37.3</v>
       </c>
       <c r="AJ79" t="n">
-        <v>34.51010806664547</v>
+        <v>34.5101080667144</v>
       </c>
       <c r="AK79" t="n">
-        <v>40.08989193335452</v>
+        <v>40.08989193328559</v>
       </c>
       <c r="AL79" t="b">
         <v>1</v>
       </c>
       <c r="AM79" t="n">
         <v>0.05</v>
       </c>
       <c r="AN79" t="inlineStr"/>
       <c r="AO79" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP79" t="n">
         <v>10</v>
       </c>
       <c r="AQ79" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR79" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -22416,54 +22416,54 @@
       </c>
       <c r="AA81" t="n">
         <v>0</v>
       </c>
       <c r="AB81" t="inlineStr"/>
       <c r="AC81" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD81" t="inlineStr"/>
       <c r="AE81" t="n">
         <v>80</v>
       </c>
       <c r="AF81" t="n">
         <v>3</v>
       </c>
       <c r="AG81" t="n">
         <v>10</v>
       </c>
       <c r="AH81" t="inlineStr"/>
       <c r="AI81" t="n">
         <v>52.1</v>
       </c>
       <c r="AJ81" t="n">
-        <v>48.88089392305247</v>
+        <v>48.88089392313201</v>
       </c>
       <c r="AK81" t="n">
-        <v>55.31910607694753</v>
+        <v>55.31910607686799</v>
       </c>
       <c r="AL81" t="b">
         <v>1</v>
       </c>
       <c r="AM81" t="n">
         <v>0.05</v>
       </c>
       <c r="AN81" t="inlineStr"/>
       <c r="AO81" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP81" t="n">
         <v>256</v>
       </c>
       <c r="AQ81" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR81" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -24304,54 +24304,54 @@
       </c>
       <c r="AA88" t="n">
         <v>0</v>
       </c>
       <c r="AB88" t="inlineStr"/>
       <c r="AC88" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD88" t="inlineStr"/>
       <c r="AE88" t="n">
         <v>163</v>
       </c>
       <c r="AF88" t="n">
         <v>0</v>
       </c>
       <c r="AG88" t="n">
         <v>5</v>
       </c>
       <c r="AH88" t="inlineStr"/>
       <c r="AI88" t="n">
         <v>3.5</v>
       </c>
       <c r="AJ88" t="n">
-        <v>2.630835201257363</v>
+        <v>2.630835201257365</v>
       </c>
       <c r="AK88" t="n">
-        <v>4.369164798742636</v>
+        <v>4.369164798742634</v>
       </c>
       <c r="AL88" t="b">
         <v>0</v>
       </c>
       <c r="AM88" t="inlineStr"/>
       <c r="AN88" t="inlineStr"/>
       <c r="AO88" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP88" t="n">
         <v>0</v>
       </c>
       <c r="AQ88" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR88" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS88" t="inlineStr">
@@ -24848,54 +24848,54 @@
       </c>
       <c r="AA90" t="n">
         <v>0</v>
       </c>
       <c r="AB90" t="inlineStr"/>
       <c r="AC90" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD90" t="inlineStr"/>
       <c r="AE90" t="n">
         <v>165</v>
       </c>
       <c r="AF90" t="n">
         <v>2</v>
       </c>
       <c r="AG90" t="n">
         <v>5</v>
       </c>
       <c r="AH90" t="inlineStr"/>
       <c r="AI90" t="n">
         <v>3.2</v>
       </c>
       <c r="AJ90" t="n">
-        <v>2.579168000898117</v>
+        <v>2.579168000898118</v>
       </c>
       <c r="AK90" t="n">
-        <v>3.820831999101884</v>
+        <v>3.820831999101882</v>
       </c>
       <c r="AL90" t="b">
         <v>0</v>
       </c>
       <c r="AM90" t="inlineStr"/>
       <c r="AN90" t="inlineStr"/>
       <c r="AO90" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP90" t="n">
         <v>11.5</v>
       </c>
       <c r="AQ90" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR90" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS90" t="inlineStr">
@@ -25392,54 +25392,54 @@
       </c>
       <c r="AA92" t="n">
         <v>0</v>
       </c>
       <c r="AB92" t="inlineStr"/>
       <c r="AC92" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD92" t="inlineStr"/>
       <c r="AE92" t="n">
         <v>167</v>
       </c>
       <c r="AF92" t="n">
         <v>0</v>
       </c>
       <c r="AG92" t="n">
         <v>5</v>
       </c>
       <c r="AH92" t="inlineStr"/>
       <c r="AI92" t="n">
         <v>2.1</v>
       </c>
       <c r="AJ92" t="n">
-        <v>1.35500160107774</v>
+        <v>1.355001601077742</v>
       </c>
       <c r="AK92" t="n">
-        <v>2.84499839892226</v>
+        <v>2.844998398922258</v>
       </c>
       <c r="AL92" t="b">
         <v>0</v>
       </c>
       <c r="AM92" t="inlineStr"/>
       <c r="AN92" t="inlineStr"/>
       <c r="AO92" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP92" t="n">
         <v>0</v>
       </c>
       <c r="AQ92" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR92" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS92" t="inlineStr">
@@ -25936,54 +25936,54 @@
       </c>
       <c r="AA94" t="n">
         <v>0</v>
       </c>
       <c r="AB94" t="inlineStr"/>
       <c r="AC94" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD94" t="inlineStr"/>
       <c r="AE94" t="n">
         <v>169</v>
       </c>
       <c r="AF94" t="n">
         <v>2</v>
       </c>
       <c r="AG94" t="n">
         <v>5</v>
       </c>
       <c r="AH94" t="inlineStr"/>
       <c r="AI94" t="n">
         <v>2</v>
       </c>
       <c r="AJ94" t="n">
-        <v>1.503334400718493</v>
+        <v>1.503334400718494</v>
       </c>
       <c r="AK94" t="n">
-        <v>2.496665599281507</v>
+        <v>2.496665599281505</v>
       </c>
       <c r="AL94" t="b">
         <v>0</v>
       </c>
       <c r="AM94" t="inlineStr"/>
       <c r="AN94" t="inlineStr"/>
       <c r="AO94" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP94" t="n">
         <v>11.5</v>
       </c>
       <c r="AQ94" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR94" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS94" t="inlineStr">
@@ -26211,51 +26211,51 @@
       </c>
       <c r="AB95" t="inlineStr"/>
       <c r="AC95" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD95" t="inlineStr"/>
       <c r="AE95" t="n">
         <v>170</v>
       </c>
       <c r="AF95" t="n">
         <v>3</v>
       </c>
       <c r="AG95" t="n">
         <v>6</v>
       </c>
       <c r="AH95" t="inlineStr"/>
       <c r="AI95" t="n">
         <v>2.1</v>
       </c>
       <c r="AJ95" t="n">
         <v>1.575282180052008</v>
       </c>
       <c r="AK95" t="n">
-        <v>2.624717819947992</v>
+        <v>2.624717819947993</v>
       </c>
       <c r="AL95" t="b">
         <v>0</v>
       </c>
       <c r="AM95" t="inlineStr"/>
       <c r="AN95" t="inlineStr"/>
       <c r="AO95" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP95" t="n">
         <v>116</v>
       </c>
       <c r="AQ95" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR95" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS95" t="inlineStr">
@@ -26480,54 +26480,54 @@
       </c>
       <c r="AA96" t="n">
         <v>0</v>
       </c>
       <c r="AB96" t="inlineStr"/>
       <c r="AC96" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD96" t="inlineStr"/>
       <c r="AE96" t="n">
         <v>171</v>
       </c>
       <c r="AF96" t="n">
         <v>0</v>
       </c>
       <c r="AG96" t="n">
         <v>5</v>
       </c>
       <c r="AH96" t="inlineStr"/>
       <c r="AI96" t="n">
         <v>8.4</v>
       </c>
       <c r="AJ96" t="n">
-        <v>7.28250240161661</v>
+        <v>7.282502401616613</v>
       </c>
       <c r="AK96" t="n">
-        <v>9.51749759838339</v>
+        <v>9.517497598383388</v>
       </c>
       <c r="AL96" t="b">
         <v>0</v>
       </c>
       <c r="AM96" t="inlineStr"/>
       <c r="AN96" t="inlineStr"/>
       <c r="AO96" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP96" t="n">
         <v>0</v>
       </c>
       <c r="AQ96" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR96" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS96" t="inlineStr">
@@ -26752,51 +26752,51 @@
       </c>
       <c r="AA97" t="n">
         <v>0</v>
       </c>
       <c r="AB97" t="inlineStr"/>
       <c r="AC97" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD97" t="inlineStr"/>
       <c r="AE97" t="n">
         <v>172</v>
       </c>
       <c r="AF97" t="n">
         <v>1</v>
       </c>
       <c r="AG97" t="n">
         <v>8</v>
       </c>
       <c r="AH97" t="inlineStr"/>
       <c r="AI97" t="n">
         <v>8.800000000000001</v>
       </c>
       <c r="AJ97" t="n">
-        <v>6.960753972414635</v>
+        <v>6.960753972414636</v>
       </c>
       <c r="AK97" t="n">
         <v>10.63924602758537</v>
       </c>
       <c r="AL97" t="b">
         <v>0</v>
       </c>
       <c r="AM97" t="inlineStr"/>
       <c r="AN97" t="inlineStr"/>
       <c r="AO97" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP97" t="n">
         <v>1.09</v>
       </c>
       <c r="AQ97" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR97" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -27024,54 +27024,54 @@
       </c>
       <c r="AA98" t="n">
         <v>0</v>
       </c>
       <c r="AB98" t="inlineStr"/>
       <c r="AC98" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD98" t="inlineStr"/>
       <c r="AE98" t="n">
         <v>173</v>
       </c>
       <c r="AF98" t="n">
         <v>2</v>
       </c>
       <c r="AG98" t="n">
         <v>5</v>
       </c>
       <c r="AH98" t="inlineStr"/>
       <c r="AI98" t="n">
         <v>8.800000000000001</v>
       </c>
       <c r="AJ98" t="n">
-        <v>6.813337602873974</v>
+        <v>6.813337602873978</v>
       </c>
       <c r="AK98" t="n">
-        <v>10.78666239712603</v>
+        <v>10.78666239712602</v>
       </c>
       <c r="AL98" t="b">
         <v>0</v>
       </c>
       <c r="AM98" t="inlineStr"/>
       <c r="AN98" t="inlineStr"/>
       <c r="AO98" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP98" t="n">
         <v>11.5</v>
       </c>
       <c r="AQ98" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR98" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS98" t="inlineStr">
@@ -27570,54 +27570,54 @@
       </c>
       <c r="AA100" t="n">
         <v>0</v>
       </c>
       <c r="AB100" t="inlineStr"/>
       <c r="AC100" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD100" t="inlineStr"/>
       <c r="AE100" t="n">
         <v>175</v>
       </c>
       <c r="AF100" t="n">
         <v>0</v>
       </c>
       <c r="AG100" t="n">
         <v>5</v>
       </c>
       <c r="AH100" t="inlineStr"/>
       <c r="AI100" t="n">
         <v>37.1</v>
       </c>
       <c r="AJ100" t="n">
-        <v>32.25751040700531</v>
+        <v>32.25751040700532</v>
       </c>
       <c r="AK100" t="n">
-        <v>41.94248959299469</v>
+        <v>41.94248959299468</v>
       </c>
       <c r="AL100" t="b">
         <v>0</v>
       </c>
       <c r="AM100" t="inlineStr"/>
       <c r="AN100" t="inlineStr"/>
       <c r="AO100" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP100" t="n">
         <v>0</v>
       </c>
       <c r="AQ100" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR100" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS100" t="inlineStr">
@@ -28114,54 +28114,54 @@
       </c>
       <c r="AA102" t="n">
         <v>0</v>
       </c>
       <c r="AB102" t="inlineStr"/>
       <c r="AC102" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD102" t="inlineStr"/>
       <c r="AE102" t="n">
         <v>177</v>
       </c>
       <c r="AF102" t="n">
         <v>2</v>
       </c>
       <c r="AG102" t="n">
         <v>5</v>
       </c>
       <c r="AH102" t="inlineStr"/>
       <c r="AI102" t="n">
         <v>37</v>
       </c>
       <c r="AJ102" t="n">
-        <v>27.19085441419024</v>
+        <v>27.19085441419026</v>
       </c>
       <c r="AK102" t="n">
-        <v>46.80914558580976</v>
+        <v>46.80914558580974</v>
       </c>
       <c r="AL102" t="b">
         <v>0</v>
       </c>
       <c r="AM102" t="inlineStr"/>
       <c r="AN102" t="inlineStr"/>
       <c r="AO102" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP102" t="n">
         <v>11.5</v>
       </c>
       <c r="AQ102" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR102" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS102" t="inlineStr">
@@ -28660,54 +28660,54 @@
       </c>
       <c r="AA104" t="n">
         <v>0</v>
       </c>
       <c r="AB104" t="inlineStr"/>
       <c r="AC104" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD104" t="inlineStr"/>
       <c r="AE104" t="n">
         <v>179</v>
       </c>
       <c r="AF104" t="n">
         <v>0</v>
       </c>
       <c r="AG104" t="n">
         <v>5</v>
       </c>
       <c r="AH104" t="inlineStr"/>
       <c r="AI104" t="n">
         <v>7.3</v>
       </c>
       <c r="AJ104" t="n">
-        <v>5.81000320215548</v>
+        <v>5.810003202155483</v>
       </c>
       <c r="AK104" t="n">
-        <v>8.78999679784452</v>
+        <v>8.789996797844516</v>
       </c>
       <c r="AL104" t="b">
         <v>0</v>
       </c>
       <c r="AM104" t="inlineStr"/>
       <c r="AN104" t="inlineStr"/>
       <c r="AO104" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP104" t="n">
         <v>0</v>
       </c>
       <c r="AQ104" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR104" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS104" t="inlineStr">
@@ -29204,51 +29204,51 @@
       </c>
       <c r="AA106" t="n">
         <v>0</v>
       </c>
       <c r="AB106" t="inlineStr"/>
       <c r="AC106" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD106" t="inlineStr"/>
       <c r="AE106" t="n">
         <v>181</v>
       </c>
       <c r="AF106" t="n">
         <v>2</v>
       </c>
       <c r="AG106" t="n">
         <v>5</v>
       </c>
       <c r="AH106" t="inlineStr"/>
       <c r="AI106" t="n">
         <v>8.199999999999999</v>
       </c>
       <c r="AJ106" t="n">
-        <v>5.716672003592466</v>
+        <v>5.716672003592471</v>
       </c>
       <c r="AK106" t="n">
         <v>10.68332799640753</v>
       </c>
       <c r="AL106" t="b">
         <v>0</v>
       </c>
       <c r="AM106" t="inlineStr"/>
       <c r="AN106" t="inlineStr"/>
       <c r="AO106" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP106" t="n">
         <v>11.5</v>
       </c>
       <c r="AQ106" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR106" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -29476,51 +29476,51 @@
       </c>
       <c r="AA107" t="n">
         <v>0</v>
       </c>
       <c r="AB107" t="inlineStr"/>
       <c r="AC107" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD107" t="inlineStr"/>
       <c r="AE107" t="n">
         <v>182</v>
       </c>
       <c r="AF107" t="n">
         <v>3</v>
       </c>
       <c r="AG107" t="n">
         <v>6</v>
       </c>
       <c r="AH107" t="inlineStr"/>
       <c r="AI107" t="n">
         <v>7.8</v>
       </c>
       <c r="AJ107" t="n">
-        <v>6.645620796114417</v>
+        <v>6.645620796114416</v>
       </c>
       <c r="AK107" t="n">
         <v>8.954379203885583</v>
       </c>
       <c r="AL107" t="b">
         <v>0</v>
       </c>
       <c r="AM107" t="inlineStr"/>
       <c r="AN107" t="inlineStr"/>
       <c r="AO107" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP107" t="n">
         <v>116</v>
       </c>
       <c r="AQ107" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR107" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -29748,54 +29748,54 @@
       </c>
       <c r="AA108" t="n">
         <v>0</v>
       </c>
       <c r="AB108" t="inlineStr"/>
       <c r="AC108" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD108" t="inlineStr"/>
       <c r="AE108" t="n">
         <v>183</v>
       </c>
       <c r="AF108" t="n">
         <v>0</v>
       </c>
       <c r="AG108" t="n">
         <v>15</v>
       </c>
       <c r="AH108" t="inlineStr"/>
       <c r="AI108" t="n">
         <v>4</v>
       </c>
       <c r="AJ108" t="n">
-        <v>3.833865537530607</v>
+        <v>3.833865537530539</v>
       </c>
       <c r="AK108" t="n">
-        <v>4.166134462469392</v>
+        <v>4.166134462469461</v>
       </c>
       <c r="AL108" t="b">
         <v>0</v>
       </c>
       <c r="AM108" t="inlineStr"/>
       <c r="AN108" t="inlineStr"/>
       <c r="AO108" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP108" t="n">
         <v>0</v>
       </c>
       <c r="AQ108" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR108" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS108" t="inlineStr">
@@ -30020,54 +30020,54 @@
       </c>
       <c r="AA109" t="n">
         <v>0</v>
       </c>
       <c r="AB109" t="inlineStr"/>
       <c r="AC109" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD109" t="inlineStr"/>
       <c r="AE109" t="n">
         <v>184</v>
       </c>
       <c r="AF109" t="n">
         <v>1</v>
       </c>
       <c r="AG109" t="n">
         <v>5</v>
       </c>
       <c r="AH109" t="inlineStr"/>
       <c r="AI109" t="n">
         <v>3.6</v>
       </c>
       <c r="AJ109" t="n">
-        <v>3.103334400718493</v>
+        <v>3.103334400718494</v>
       </c>
       <c r="AK109" t="n">
-        <v>4.096665599281507</v>
+        <v>4.096665599281506</v>
       </c>
       <c r="AL109" t="b">
         <v>0</v>
       </c>
       <c r="AM109" t="inlineStr"/>
       <c r="AN109" t="inlineStr"/>
       <c r="AO109" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP109" t="n">
         <v>1.17</v>
       </c>
       <c r="AQ109" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR109" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS109" t="inlineStr">
@@ -30292,54 +30292,54 @@
       </c>
       <c r="AA110" t="n">
         <v>0</v>
       </c>
       <c r="AB110" t="inlineStr"/>
       <c r="AC110" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD110" t="inlineStr"/>
       <c r="AE110" t="n">
         <v>185</v>
       </c>
       <c r="AF110" t="n">
         <v>2</v>
       </c>
       <c r="AG110" t="n">
         <v>11</v>
       </c>
       <c r="AH110" t="inlineStr"/>
       <c r="AI110" t="n">
         <v>4.3</v>
       </c>
       <c r="AJ110" t="n">
-        <v>3.561009944721906</v>
+        <v>3.56100994471483</v>
       </c>
       <c r="AK110" t="n">
-        <v>5.038990055278093</v>
+        <v>5.038990055285169</v>
       </c>
       <c r="AL110" t="b">
         <v>0</v>
       </c>
       <c r="AM110" t="inlineStr"/>
       <c r="AN110" t="inlineStr"/>
       <c r="AO110" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP110" t="n">
         <v>12.2</v>
       </c>
       <c r="AQ110" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR110" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS110" t="inlineStr">
@@ -30836,54 +30836,54 @@
       </c>
       <c r="AA112" t="n">
         <v>0</v>
       </c>
       <c r="AB112" t="inlineStr"/>
       <c r="AC112" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD112" t="inlineStr"/>
       <c r="AE112" t="n">
         <v>187</v>
       </c>
       <c r="AF112" t="n">
         <v>0</v>
       </c>
       <c r="AG112" t="n">
         <v>15</v>
       </c>
       <c r="AH112" t="inlineStr"/>
       <c r="AI112" t="n">
         <v>3.6</v>
       </c>
       <c r="AJ112" t="n">
-        <v>3.156974766748287</v>
+        <v>3.156974766748106</v>
       </c>
       <c r="AK112" t="n">
-        <v>4.043025233251713</v>
+        <v>4.043025233251894</v>
       </c>
       <c r="AL112" t="b">
         <v>0</v>
       </c>
       <c r="AM112" t="inlineStr"/>
       <c r="AN112" t="inlineStr"/>
       <c r="AO112" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP112" t="n">
         <v>0</v>
       </c>
       <c r="AQ112" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR112" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS112" t="inlineStr">
@@ -31108,54 +31108,54 @@
       </c>
       <c r="AA113" t="n">
         <v>0</v>
       </c>
       <c r="AB113" t="inlineStr"/>
       <c r="AC113" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD113" t="inlineStr"/>
       <c r="AE113" t="n">
         <v>188</v>
       </c>
       <c r="AF113" t="n">
         <v>1</v>
       </c>
       <c r="AG113" t="n">
         <v>5</v>
       </c>
       <c r="AH113" t="inlineStr"/>
       <c r="AI113" t="n">
         <v>2.8</v>
       </c>
       <c r="AJ113" t="n">
-        <v>1.930835201257363</v>
+        <v>1.930835201257365</v>
       </c>
       <c r="AK113" t="n">
-        <v>3.669164798742636</v>
+        <v>3.669164798742635</v>
       </c>
       <c r="AL113" t="b">
         <v>0</v>
       </c>
       <c r="AM113" t="inlineStr"/>
       <c r="AN113" t="inlineStr"/>
       <c r="AO113" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP113" t="n">
         <v>1.17</v>
       </c>
       <c r="AQ113" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR113" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS113" t="inlineStr">
@@ -31380,54 +31380,54 @@
       </c>
       <c r="AA114" t="n">
         <v>0</v>
       </c>
       <c r="AB114" t="inlineStr"/>
       <c r="AC114" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD114" t="inlineStr"/>
       <c r="AE114" t="n">
         <v>189</v>
       </c>
       <c r="AF114" t="n">
         <v>2</v>
       </c>
       <c r="AG114" t="n">
         <v>11</v>
       </c>
       <c r="AH114" t="inlineStr"/>
       <c r="AI114" t="n">
         <v>3.2</v>
       </c>
       <c r="AJ114" t="n">
-        <v>2.595371772954287</v>
+        <v>2.595371772948498</v>
       </c>
       <c r="AK114" t="n">
-        <v>3.804628227045713</v>
+        <v>3.804628227051503</v>
       </c>
       <c r="AL114" t="b">
         <v>0</v>
       </c>
       <c r="AM114" t="inlineStr"/>
       <c r="AN114" t="inlineStr"/>
       <c r="AO114" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP114" t="n">
         <v>12.2</v>
       </c>
       <c r="AQ114" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR114" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS114" t="inlineStr">
@@ -31926,54 +31926,54 @@
       </c>
       <c r="AA116" t="n">
         <v>0</v>
       </c>
       <c r="AB116" t="inlineStr"/>
       <c r="AC116" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD116" t="inlineStr"/>
       <c r="AE116" t="n">
         <v>191</v>
       </c>
       <c r="AF116" t="n">
         <v>0</v>
       </c>
       <c r="AG116" t="n">
         <v>15</v>
       </c>
       <c r="AH116" t="inlineStr"/>
       <c r="AI116" t="n">
         <v>10.9</v>
       </c>
       <c r="AJ116" t="n">
-        <v>10.1247058418095</v>
+        <v>10.12470584180918</v>
       </c>
       <c r="AK116" t="n">
-        <v>11.6752941581905</v>
+        <v>11.67529415819082</v>
       </c>
       <c r="AL116" t="b">
         <v>0</v>
       </c>
       <c r="AM116" t="inlineStr"/>
       <c r="AN116" t="inlineStr"/>
       <c r="AO116" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP116" t="n">
         <v>0</v>
       </c>
       <c r="AQ116" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR116" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS116" t="inlineStr">
@@ -32198,51 +32198,51 @@
       </c>
       <c r="AA117" t="n">
         <v>0</v>
       </c>
       <c r="AB117" t="inlineStr"/>
       <c r="AC117" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD117" t="inlineStr"/>
       <c r="AE117" t="n">
         <v>192</v>
       </c>
       <c r="AF117" t="n">
         <v>1</v>
       </c>
       <c r="AG117" t="n">
         <v>5</v>
       </c>
       <c r="AH117" t="inlineStr"/>
       <c r="AI117" t="n">
         <v>9.5</v>
       </c>
       <c r="AJ117" t="n">
-        <v>7.761670402514727</v>
+        <v>7.761670402514731</v>
       </c>
       <c r="AK117" t="n">
         <v>11.23832959748527</v>
       </c>
       <c r="AL117" t="b">
         <v>0</v>
       </c>
       <c r="AM117" t="inlineStr"/>
       <c r="AN117" t="inlineStr"/>
       <c r="AO117" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP117" t="n">
         <v>1.17</v>
       </c>
       <c r="AQ117" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR117" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -32470,54 +32470,54 @@
       </c>
       <c r="AA118" t="n">
         <v>0</v>
       </c>
       <c r="AB118" t="inlineStr"/>
       <c r="AC118" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD118" t="inlineStr"/>
       <c r="AE118" t="n">
         <v>193</v>
       </c>
       <c r="AF118" t="n">
         <v>2</v>
       </c>
       <c r="AG118" t="n">
         <v>11</v>
       </c>
       <c r="AH118" t="inlineStr"/>
       <c r="AI118" t="n">
         <v>10.2</v>
       </c>
       <c r="AJ118" t="n">
-        <v>9.326648116489524</v>
+        <v>9.326648116481163</v>
       </c>
       <c r="AK118" t="n">
-        <v>11.07335188351047</v>
+        <v>11.07335188351884</v>
       </c>
       <c r="AL118" t="b">
         <v>0</v>
       </c>
       <c r="AM118" t="inlineStr"/>
       <c r="AN118" t="inlineStr"/>
       <c r="AO118" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP118" t="n">
         <v>12.2</v>
       </c>
       <c r="AQ118" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR118" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS118" t="inlineStr">
@@ -33014,54 +33014,54 @@
       </c>
       <c r="AA120" t="n">
         <v>0</v>
       </c>
       <c r="AB120" t="inlineStr"/>
       <c r="AC120" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD120" t="inlineStr"/>
       <c r="AE120" t="n">
         <v>195</v>
       </c>
       <c r="AF120" t="n">
         <v>0</v>
       </c>
       <c r="AG120" t="n">
         <v>15</v>
       </c>
       <c r="AH120" t="inlineStr"/>
       <c r="AI120" t="n">
         <v>42.7</v>
       </c>
       <c r="AJ120" t="n">
-        <v>39.98647044633326</v>
+        <v>39.98647044633215</v>
       </c>
       <c r="AK120" t="n">
-        <v>45.41352955366675</v>
+        <v>45.41352955366786</v>
       </c>
       <c r="AL120" t="b">
         <v>0</v>
       </c>
       <c r="AM120" t="inlineStr"/>
       <c r="AN120" t="inlineStr"/>
       <c r="AO120" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP120" t="n">
         <v>0</v>
       </c>
       <c r="AQ120" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR120" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS120" t="inlineStr">
@@ -33286,51 +33286,51 @@
       </c>
       <c r="AA121" t="n">
         <v>0</v>
       </c>
       <c r="AB121" t="inlineStr"/>
       <c r="AC121" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD121" t="inlineStr"/>
       <c r="AE121" t="n">
         <v>196</v>
       </c>
       <c r="AF121" t="n">
         <v>1</v>
       </c>
       <c r="AG121" t="n">
         <v>5</v>
       </c>
       <c r="AH121" t="inlineStr"/>
       <c r="AI121" t="n">
         <v>39.8</v>
       </c>
       <c r="AJ121" t="n">
-        <v>35.57834240610719</v>
+        <v>35.5783424061072</v>
       </c>
       <c r="AK121" t="n">
         <v>44.0216575938928</v>
       </c>
       <c r="AL121" t="b">
         <v>0</v>
       </c>
       <c r="AM121" t="inlineStr"/>
       <c r="AN121" t="inlineStr"/>
       <c r="AO121" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP121" t="n">
         <v>1.17</v>
       </c>
       <c r="AQ121" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR121" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -33558,54 +33558,54 @@
       </c>
       <c r="AA122" t="n">
         <v>0</v>
       </c>
       <c r="AB122" t="inlineStr"/>
       <c r="AC122" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD122" t="inlineStr"/>
       <c r="AE122" t="n">
         <v>197</v>
       </c>
       <c r="AF122" t="n">
         <v>2</v>
       </c>
       <c r="AG122" t="n">
         <v>11</v>
       </c>
       <c r="AH122" t="inlineStr"/>
       <c r="AI122" t="n">
         <v>43.4</v>
       </c>
       <c r="AJ122" t="n">
-        <v>38.96605966833144</v>
+        <v>38.96605966828898</v>
       </c>
       <c r="AK122" t="n">
-        <v>47.83394033166856</v>
+        <v>47.83394033171102</v>
       </c>
       <c r="AL122" t="b">
         <v>0</v>
       </c>
       <c r="AM122" t="inlineStr"/>
       <c r="AN122" t="inlineStr"/>
       <c r="AO122" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP122" t="n">
         <v>12.2</v>
       </c>
       <c r="AQ122" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR122" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS122" t="inlineStr">