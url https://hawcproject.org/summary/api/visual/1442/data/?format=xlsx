--- v0 (2025-11-06)
+++ v1 (2026-03-07)
@@ -1022,54 +1022,54 @@
       </c>
       <c r="AA2" t="n">
         <v>0</v>
       </c>
       <c r="AB2" t="inlineStr"/>
       <c r="AC2" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD2" t="inlineStr"/>
       <c r="AE2" t="n">
         <v>29</v>
       </c>
       <c r="AF2" t="n">
         <v>0</v>
       </c>
       <c r="AG2" t="n">
         <v>25</v>
       </c>
       <c r="AH2" t="inlineStr"/>
       <c r="AI2" t="n">
         <v>2.61</v>
       </c>
       <c r="AJ2" t="n">
-        <v>2.461399303562783</v>
+        <v>2.461399303562782</v>
       </c>
       <c r="AK2" t="n">
-        <v>2.758600696437217</v>
+        <v>2.758600696437218</v>
       </c>
       <c r="AL2" t="b">
         <v>0</v>
       </c>
       <c r="AM2" t="inlineStr"/>
       <c r="AN2" t="inlineStr"/>
       <c r="AO2" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP2" t="n">
         <v>0</v>
       </c>
       <c r="AQ2" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR2" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AS2" t="inlineStr">
@@ -1840,54 +1840,54 @@
       </c>
       <c r="AA5" t="n">
         <v>0</v>
       </c>
       <c r="AB5" t="inlineStr"/>
       <c r="AC5" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD5" t="inlineStr"/>
       <c r="AE5" t="n">
         <v>32</v>
       </c>
       <c r="AF5" t="n">
         <v>3</v>
       </c>
       <c r="AG5" t="n">
         <v>24</v>
       </c>
       <c r="AH5" t="inlineStr"/>
       <c r="AI5" t="n">
         <v>4.66</v>
       </c>
       <c r="AJ5" t="n">
-        <v>4.482649554068187</v>
+        <v>4.482649554068186</v>
       </c>
       <c r="AK5" t="n">
-        <v>4.837350445931813</v>
+        <v>4.837350445931814</v>
       </c>
       <c r="AL5" t="b">
         <v>1</v>
       </c>
       <c r="AM5" t="n">
         <v>0.05</v>
       </c>
       <c r="AN5" t="inlineStr"/>
       <c r="AO5" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP5" t="n">
         <v>186</v>
       </c>
       <c r="AQ5" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AR5" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
@@ -2386,54 +2386,54 @@
       </c>
       <c r="AA7" t="n">
         <v>0</v>
       </c>
       <c r="AB7" t="inlineStr"/>
       <c r="AC7" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD7" t="inlineStr"/>
       <c r="AE7" t="n">
         <v>48</v>
       </c>
       <c r="AF7" t="n">
         <v>1</v>
       </c>
       <c r="AG7" t="n">
         <v>10</v>
       </c>
       <c r="AH7" t="inlineStr"/>
       <c r="AI7" t="n">
         <v>7.1</v>
       </c>
       <c r="AJ7" t="n">
-        <v>6.599250165808161</v>
+        <v>6.599250165820535</v>
       </c>
       <c r="AK7" t="n">
-        <v>7.600749834191838</v>
+        <v>7.600749834179465</v>
       </c>
       <c r="AL7" t="b">
         <v>0</v>
       </c>
       <c r="AM7" t="inlineStr"/>
       <c r="AN7" t="inlineStr"/>
       <c r="AO7" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP7" t="n">
         <v>9</v>
       </c>
       <c r="AQ7" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR7" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS7" t="inlineStr">
@@ -2930,54 +2930,54 @@
       </c>
       <c r="AA9" t="n">
         <v>0</v>
       </c>
       <c r="AB9" t="inlineStr"/>
       <c r="AC9" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD9" t="inlineStr"/>
       <c r="AE9" t="n">
         <v>50</v>
       </c>
       <c r="AF9" t="n">
         <v>3</v>
       </c>
       <c r="AG9" t="n">
         <v>10</v>
       </c>
       <c r="AH9" t="inlineStr"/>
       <c r="AI9" t="n">
         <v>8.5</v>
       </c>
       <c r="AJ9" t="n">
-        <v>8.070785856406996</v>
+        <v>8.070785856417601</v>
       </c>
       <c r="AK9" t="n">
-        <v>8.929214143593004</v>
+        <v>8.929214143582399</v>
       </c>
       <c r="AL9" t="b">
         <v>1</v>
       </c>
       <c r="AM9" t="n">
         <v>0.05</v>
       </c>
       <c r="AN9" t="inlineStr"/>
       <c r="AO9" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP9" t="n">
         <v>230</v>
       </c>
       <c r="AQ9" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR9" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -3750,54 +3750,54 @@
       </c>
       <c r="AA12" t="n">
         <v>0</v>
       </c>
       <c r="AB12" t="inlineStr"/>
       <c r="AC12" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD12" t="inlineStr"/>
       <c r="AE12" t="n">
         <v>53</v>
       </c>
       <c r="AF12" t="n">
         <v>1</v>
       </c>
       <c r="AG12" t="n">
         <v>10</v>
       </c>
       <c r="AH12" t="inlineStr"/>
       <c r="AI12" t="n">
         <v>34.9</v>
       </c>
       <c r="AJ12" t="n">
-        <v>31.25167977945947</v>
+        <v>31.25167977954961</v>
       </c>
       <c r="AK12" t="n">
-        <v>38.54832022054053</v>
+        <v>38.54832022045039</v>
       </c>
       <c r="AL12" t="b">
         <v>0</v>
       </c>
       <c r="AM12" t="inlineStr"/>
       <c r="AN12" t="inlineStr"/>
       <c r="AO12" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP12" t="n">
         <v>9</v>
       </c>
       <c r="AQ12" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR12" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS12" t="inlineStr">
@@ -4296,54 +4296,54 @@
       </c>
       <c r="AA14" t="n">
         <v>0</v>
       </c>
       <c r="AB14" t="inlineStr"/>
       <c r="AC14" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD14" t="inlineStr"/>
       <c r="AE14" t="n">
         <v>55</v>
       </c>
       <c r="AF14" t="n">
         <v>3</v>
       </c>
       <c r="AG14" t="n">
         <v>10</v>
       </c>
       <c r="AH14" t="inlineStr"/>
       <c r="AI14" t="n">
         <v>56.7</v>
       </c>
       <c r="AJ14" t="n">
-        <v>52.4793942546688</v>
+        <v>52.47939425477308</v>
       </c>
       <c r="AK14" t="n">
-        <v>60.92060574533121</v>
+        <v>60.92060574522692</v>
       </c>
       <c r="AL14" t="b">
         <v>1</v>
       </c>
       <c r="AM14" t="n">
         <v>0.05</v>
       </c>
       <c r="AN14" t="inlineStr"/>
       <c r="AO14" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP14" t="n">
         <v>230</v>
       </c>
       <c r="AQ14" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR14" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -5116,54 +5116,54 @@
       </c>
       <c r="AA17" t="n">
         <v>0</v>
       </c>
       <c r="AB17" t="inlineStr"/>
       <c r="AC17" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD17" t="inlineStr"/>
       <c r="AE17" t="n">
         <v>73</v>
       </c>
       <c r="AF17" t="n">
         <v>1</v>
       </c>
       <c r="AG17" t="n">
         <v>10</v>
       </c>
       <c r="AH17" t="inlineStr"/>
       <c r="AI17" t="n">
         <v>7.6</v>
       </c>
       <c r="AJ17" t="n">
-        <v>7.170785856406996</v>
+        <v>7.170785856417601</v>
       </c>
       <c r="AK17" t="n">
-        <v>8.029214143593004</v>
+        <v>8.029214143582399</v>
       </c>
       <c r="AL17" t="b">
         <v>0</v>
       </c>
       <c r="AM17" t="inlineStr"/>
       <c r="AN17" t="inlineStr"/>
       <c r="AO17" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP17" t="n">
         <v>10</v>
       </c>
       <c r="AQ17" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR17" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS17" t="inlineStr">
@@ -5660,54 +5660,54 @@
       </c>
       <c r="AA19" t="n">
         <v>0</v>
       </c>
       <c r="AB19" t="inlineStr"/>
       <c r="AC19" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD19" t="inlineStr"/>
       <c r="AE19" t="n">
         <v>75</v>
       </c>
       <c r="AF19" t="n">
         <v>3</v>
       </c>
       <c r="AG19" t="n">
         <v>10</v>
       </c>
       <c r="AH19" t="inlineStr"/>
       <c r="AI19" t="n">
         <v>8.199999999999999</v>
       </c>
       <c r="AJ19" t="n">
-        <v>7.842321547005829</v>
+        <v>7.842321547014667</v>
       </c>
       <c r="AK19" t="n">
-        <v>8.557678452994169</v>
+        <v>8.557678452985332</v>
       </c>
       <c r="AL19" t="b">
         <v>0</v>
       </c>
       <c r="AM19" t="inlineStr"/>
       <c r="AN19" t="inlineStr"/>
       <c r="AO19" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP19" t="n">
         <v>256</v>
       </c>
       <c r="AQ19" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR19" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS19" t="inlineStr">
@@ -6478,54 +6478,54 @@
       </c>
       <c r="AA22" t="n">
         <v>0</v>
       </c>
       <c r="AB22" t="inlineStr"/>
       <c r="AC22" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD22" t="inlineStr"/>
       <c r="AE22" t="n">
         <v>78</v>
       </c>
       <c r="AF22" t="n">
         <v>1</v>
       </c>
       <c r="AG22" t="n">
         <v>10</v>
       </c>
       <c r="AH22" t="inlineStr"/>
       <c r="AI22" t="n">
         <v>37.3</v>
       </c>
       <c r="AJ22" t="n">
-        <v>34.51010806664547</v>
+        <v>34.5101080667144</v>
       </c>
       <c r="AK22" t="n">
-        <v>40.08989193335452</v>
+        <v>40.08989193328559</v>
       </c>
       <c r="AL22" t="b">
         <v>1</v>
       </c>
       <c r="AM22" t="n">
         <v>0.05</v>
       </c>
       <c r="AN22" t="inlineStr"/>
       <c r="AO22" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP22" t="n">
         <v>10</v>
       </c>
       <c r="AQ22" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR22" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -7026,54 +7026,54 @@
       </c>
       <c r="AA24" t="n">
         <v>0</v>
       </c>
       <c r="AB24" t="inlineStr"/>
       <c r="AC24" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD24" t="inlineStr"/>
       <c r="AE24" t="n">
         <v>80</v>
       </c>
       <c r="AF24" t="n">
         <v>3</v>
       </c>
       <c r="AG24" t="n">
         <v>10</v>
       </c>
       <c r="AH24" t="inlineStr"/>
       <c r="AI24" t="n">
         <v>52.1</v>
       </c>
       <c r="AJ24" t="n">
-        <v>48.88089392305247</v>
+        <v>48.88089392313201</v>
       </c>
       <c r="AK24" t="n">
-        <v>55.31910607694753</v>
+        <v>55.31910607686799</v>
       </c>
       <c r="AL24" t="b">
         <v>1</v>
       </c>
       <c r="AM24" t="n">
         <v>0.05</v>
       </c>
       <c r="AN24" t="inlineStr"/>
       <c r="AO24" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP24" t="n">
         <v>256</v>
       </c>
       <c r="AQ24" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR24" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
@@ -7574,54 +7574,54 @@
       </c>
       <c r="AA26" t="n">
         <v>0</v>
       </c>
       <c r="AB26" t="inlineStr"/>
       <c r="AC26" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD26" t="inlineStr"/>
       <c r="AE26" t="n">
         <v>171</v>
       </c>
       <c r="AF26" t="n">
         <v>0</v>
       </c>
       <c r="AG26" t="n">
         <v>5</v>
       </c>
       <c r="AH26" t="inlineStr"/>
       <c r="AI26" t="n">
         <v>8.4</v>
       </c>
       <c r="AJ26" t="n">
-        <v>7.28250240161661</v>
+        <v>7.282502401616613</v>
       </c>
       <c r="AK26" t="n">
-        <v>9.51749759838339</v>
+        <v>9.517497598383388</v>
       </c>
       <c r="AL26" t="b">
         <v>0</v>
       </c>
       <c r="AM26" t="inlineStr"/>
       <c r="AN26" t="inlineStr"/>
       <c r="AO26" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP26" t="n">
         <v>0</v>
       </c>
       <c r="AQ26" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR26" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS26" t="inlineStr">
@@ -7846,51 +7846,51 @@
       </c>
       <c r="AA27" t="n">
         <v>0</v>
       </c>
       <c r="AB27" t="inlineStr"/>
       <c r="AC27" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD27" t="inlineStr"/>
       <c r="AE27" t="n">
         <v>172</v>
       </c>
       <c r="AF27" t="n">
         <v>1</v>
       </c>
       <c r="AG27" t="n">
         <v>8</v>
       </c>
       <c r="AH27" t="inlineStr"/>
       <c r="AI27" t="n">
         <v>8.800000000000001</v>
       </c>
       <c r="AJ27" t="n">
-        <v>6.960753972414635</v>
+        <v>6.960753972414636</v>
       </c>
       <c r="AK27" t="n">
         <v>10.63924602758537</v>
       </c>
       <c r="AL27" t="b">
         <v>0</v>
       </c>
       <c r="AM27" t="inlineStr"/>
       <c r="AN27" t="inlineStr"/>
       <c r="AO27" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP27" t="n">
         <v>1.09</v>
       </c>
       <c r="AQ27" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR27" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -8118,54 +8118,54 @@
       </c>
       <c r="AA28" t="n">
         <v>0</v>
       </c>
       <c r="AB28" t="inlineStr"/>
       <c r="AC28" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD28" t="inlineStr"/>
       <c r="AE28" t="n">
         <v>173</v>
       </c>
       <c r="AF28" t="n">
         <v>2</v>
       </c>
       <c r="AG28" t="n">
         <v>5</v>
       </c>
       <c r="AH28" t="inlineStr"/>
       <c r="AI28" t="n">
         <v>8.800000000000001</v>
       </c>
       <c r="AJ28" t="n">
-        <v>6.813337602873974</v>
+        <v>6.813337602873978</v>
       </c>
       <c r="AK28" t="n">
-        <v>10.78666239712603</v>
+        <v>10.78666239712602</v>
       </c>
       <c r="AL28" t="b">
         <v>0</v>
       </c>
       <c r="AM28" t="inlineStr"/>
       <c r="AN28" t="inlineStr"/>
       <c r="AO28" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP28" t="n">
         <v>11.5</v>
       </c>
       <c r="AQ28" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR28" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS28" t="inlineStr">
@@ -8664,54 +8664,54 @@
       </c>
       <c r="AA30" t="n">
         <v>0</v>
       </c>
       <c r="AB30" t="inlineStr"/>
       <c r="AC30" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD30" t="inlineStr"/>
       <c r="AE30" t="n">
         <v>175</v>
       </c>
       <c r="AF30" t="n">
         <v>0</v>
       </c>
       <c r="AG30" t="n">
         <v>5</v>
       </c>
       <c r="AH30" t="inlineStr"/>
       <c r="AI30" t="n">
         <v>37.1</v>
       </c>
       <c r="AJ30" t="n">
-        <v>32.25751040700531</v>
+        <v>32.25751040700532</v>
       </c>
       <c r="AK30" t="n">
-        <v>41.94248959299469</v>
+        <v>41.94248959299468</v>
       </c>
       <c r="AL30" t="b">
         <v>0</v>
       </c>
       <c r="AM30" t="inlineStr"/>
       <c r="AN30" t="inlineStr"/>
       <c r="AO30" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP30" t="n">
         <v>0</v>
       </c>
       <c r="AQ30" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR30" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS30" t="inlineStr">
@@ -9208,54 +9208,54 @@
       </c>
       <c r="AA32" t="n">
         <v>0</v>
       </c>
       <c r="AB32" t="inlineStr"/>
       <c r="AC32" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD32" t="inlineStr"/>
       <c r="AE32" t="n">
         <v>177</v>
       </c>
       <c r="AF32" t="n">
         <v>2</v>
       </c>
       <c r="AG32" t="n">
         <v>5</v>
       </c>
       <c r="AH32" t="inlineStr"/>
       <c r="AI32" t="n">
         <v>37</v>
       </c>
       <c r="AJ32" t="n">
-        <v>27.19085441419024</v>
+        <v>27.19085441419026</v>
       </c>
       <c r="AK32" t="n">
-        <v>46.80914558580976</v>
+        <v>46.80914558580974</v>
       </c>
       <c r="AL32" t="b">
         <v>0</v>
       </c>
       <c r="AM32" t="inlineStr"/>
       <c r="AN32" t="inlineStr"/>
       <c r="AO32" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP32" t="n">
         <v>11.5</v>
       </c>
       <c r="AQ32" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR32" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS32" t="inlineStr">
@@ -9754,54 +9754,54 @@
       </c>
       <c r="AA34" t="n">
         <v>0</v>
       </c>
       <c r="AB34" t="inlineStr"/>
       <c r="AC34" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD34" t="inlineStr"/>
       <c r="AE34" t="n">
         <v>191</v>
       </c>
       <c r="AF34" t="n">
         <v>0</v>
       </c>
       <c r="AG34" t="n">
         <v>15</v>
       </c>
       <c r="AH34" t="inlineStr"/>
       <c r="AI34" t="n">
         <v>10.9</v>
       </c>
       <c r="AJ34" t="n">
-        <v>10.1247058418095</v>
+        <v>10.12470584180918</v>
       </c>
       <c r="AK34" t="n">
-        <v>11.6752941581905</v>
+        <v>11.67529415819082</v>
       </c>
       <c r="AL34" t="b">
         <v>0</v>
       </c>
       <c r="AM34" t="inlineStr"/>
       <c r="AN34" t="inlineStr"/>
       <c r="AO34" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP34" t="n">
         <v>0</v>
       </c>
       <c r="AQ34" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR34" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS34" t="inlineStr">
@@ -10026,51 +10026,51 @@
       </c>
       <c r="AA35" t="n">
         <v>0</v>
       </c>
       <c r="AB35" t="inlineStr"/>
       <c r="AC35" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD35" t="inlineStr"/>
       <c r="AE35" t="n">
         <v>192</v>
       </c>
       <c r="AF35" t="n">
         <v>1</v>
       </c>
       <c r="AG35" t="n">
         <v>5</v>
       </c>
       <c r="AH35" t="inlineStr"/>
       <c r="AI35" t="n">
         <v>9.5</v>
       </c>
       <c r="AJ35" t="n">
-        <v>7.761670402514727</v>
+        <v>7.761670402514731</v>
       </c>
       <c r="AK35" t="n">
         <v>11.23832959748527</v>
       </c>
       <c r="AL35" t="b">
         <v>0</v>
       </c>
       <c r="AM35" t="inlineStr"/>
       <c r="AN35" t="inlineStr"/>
       <c r="AO35" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP35" t="n">
         <v>1.17</v>
       </c>
       <c r="AQ35" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR35" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -10298,54 +10298,54 @@
       </c>
       <c r="AA36" t="n">
         <v>0</v>
       </c>
       <c r="AB36" t="inlineStr"/>
       <c r="AC36" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD36" t="inlineStr"/>
       <c r="AE36" t="n">
         <v>193</v>
       </c>
       <c r="AF36" t="n">
         <v>2</v>
       </c>
       <c r="AG36" t="n">
         <v>11</v>
       </c>
       <c r="AH36" t="inlineStr"/>
       <c r="AI36" t="n">
         <v>10.2</v>
       </c>
       <c r="AJ36" t="n">
-        <v>9.326648116489524</v>
+        <v>9.326648116481163</v>
       </c>
       <c r="AK36" t="n">
-        <v>11.07335188351047</v>
+        <v>11.07335188351884</v>
       </c>
       <c r="AL36" t="b">
         <v>0</v>
       </c>
       <c r="AM36" t="inlineStr"/>
       <c r="AN36" t="inlineStr"/>
       <c r="AO36" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP36" t="n">
         <v>12.2</v>
       </c>
       <c r="AQ36" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR36" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS36" t="inlineStr">
@@ -10842,54 +10842,54 @@
       </c>
       <c r="AA38" t="n">
         <v>0</v>
       </c>
       <c r="AB38" t="inlineStr"/>
       <c r="AC38" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD38" t="inlineStr"/>
       <c r="AE38" t="n">
         <v>195</v>
       </c>
       <c r="AF38" t="n">
         <v>0</v>
       </c>
       <c r="AG38" t="n">
         <v>15</v>
       </c>
       <c r="AH38" t="inlineStr"/>
       <c r="AI38" t="n">
         <v>42.7</v>
       </c>
       <c r="AJ38" t="n">
-        <v>39.98647044633326</v>
+        <v>39.98647044633215</v>
       </c>
       <c r="AK38" t="n">
-        <v>45.41352955366675</v>
+        <v>45.41352955366786</v>
       </c>
       <c r="AL38" t="b">
         <v>0</v>
       </c>
       <c r="AM38" t="inlineStr"/>
       <c r="AN38" t="inlineStr"/>
       <c r="AO38" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP38" t="n">
         <v>0</v>
       </c>
       <c r="AQ38" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR38" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS38" t="inlineStr">
@@ -11114,51 +11114,51 @@
       </c>
       <c r="AA39" t="n">
         <v>0</v>
       </c>
       <c r="AB39" t="inlineStr"/>
       <c r="AC39" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD39" t="inlineStr"/>
       <c r="AE39" t="n">
         <v>196</v>
       </c>
       <c r="AF39" t="n">
         <v>1</v>
       </c>
       <c r="AG39" t="n">
         <v>5</v>
       </c>
       <c r="AH39" t="inlineStr"/>
       <c r="AI39" t="n">
         <v>39.8</v>
       </c>
       <c r="AJ39" t="n">
-        <v>35.57834240610719</v>
+        <v>35.5783424061072</v>
       </c>
       <c r="AK39" t="n">
         <v>44.0216575938928</v>
       </c>
       <c r="AL39" t="b">
         <v>0</v>
       </c>
       <c r="AM39" t="inlineStr"/>
       <c r="AN39" t="inlineStr"/>
       <c r="AO39" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP39" t="n">
         <v>1.17</v>
       </c>
       <c r="AQ39" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR39" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
@@ -11386,54 +11386,54 @@
       </c>
       <c r="AA40" t="n">
         <v>0</v>
       </c>
       <c r="AB40" t="inlineStr"/>
       <c r="AC40" t="inlineStr">
         <is>
           <t>not reported</t>
         </is>
       </c>
       <c r="AD40" t="inlineStr"/>
       <c r="AE40" t="n">
         <v>197</v>
       </c>
       <c r="AF40" t="n">
         <v>2</v>
       </c>
       <c r="AG40" t="n">
         <v>11</v>
       </c>
       <c r="AH40" t="inlineStr"/>
       <c r="AI40" t="n">
         <v>43.4</v>
       </c>
       <c r="AJ40" t="n">
-        <v>38.96605966833144</v>
+        <v>38.96605966828898</v>
       </c>
       <c r="AK40" t="n">
-        <v>47.83394033166856</v>
+        <v>47.83394033171102</v>
       </c>
       <c r="AL40" t="b">
         <v>0</v>
       </c>
       <c r="AM40" t="inlineStr"/>
       <c r="AN40" t="inlineStr"/>
       <c r="AO40" t="inlineStr">
         <is>
           <t>mg/kg-day</t>
         </is>
       </c>
       <c r="AP40" t="n">
         <v>12.2</v>
       </c>
       <c r="AQ40" t="inlineStr">
         <is>
           <t>{"sortValue": 17, "display": "Definitely low risk of bias"}</t>
         </is>
       </c>
       <c r="AR40" t="inlineStr">
         <is>
           <t>{"sortValue": 16, "display": "Probably low risk of bias"}</t>
         </is>
       </c>
       <c r="AS40" t="inlineStr">